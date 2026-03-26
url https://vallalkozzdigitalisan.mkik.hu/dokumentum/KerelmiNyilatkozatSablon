--- v0 (2025-10-04)
+++ v1 (2026-03-26)
@@ -98,4557 +98,5905 @@
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:position w:val="-1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="30E089AA" w14:textId="77777777" w:rsidR="003109F5" w:rsidRPr="002857A2" w:rsidRDefault="003109F5" w:rsidP="00B02678">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="-56"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:position w:val="-1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E5DDDA4" w14:textId="501E2E3C" w:rsidR="00AA7C05" w:rsidRPr="002857A2" w:rsidRDefault="00AA7C05" w:rsidP="00B02678">
+    <w:p w14:paraId="2E06A9CD" w14:textId="021C0A33" w:rsidR="00AA7C05" w:rsidRPr="00AF7CA2" w:rsidRDefault="00AA7C05" w:rsidP="36353E1F">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="-56"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="hu-HU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:position w:val="-1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:b/>
+        <w:t>Kérelmi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:position w:val="-1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
-        <w:t>Kérelmi és Hozzájárulási Nyilatkozat</w:t>
-[...14 lines deleted...]
-    <w:p w14:paraId="7BD2B9A0" w14:textId="77777777" w:rsidR="000C6ABD" w:rsidRPr="00873205" w:rsidRDefault="00AA7C05" w:rsidP="00B02678">
+        <w:t xml:space="preserve"> és Hozzájárulási Nyilatkozat</w:t>
+      </w:r>
+      <w:r w:rsidR="00B727F2" w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-2"/>
+          <w:position w:val="-1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="hu-HU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F3B3A36" w14:textId="77777777" w:rsidR="00977B74" w:rsidRPr="00AF7CA2" w:rsidRDefault="00977B74" w:rsidP="00B02678">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="fontstyle01"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:i/>
           <w:color w:val="auto"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00873205">
-[...22 lines deleted...]
-    <w:p w14:paraId="47C9043E" w14:textId="49953302" w:rsidR="00AA7C05" w:rsidRPr="00873205" w:rsidRDefault="000C6ABD" w:rsidP="00B02678">
+    </w:p>
+    <w:p w14:paraId="7BD2B9A0" w14:textId="40AFFC73" w:rsidR="000C6ABD" w:rsidRPr="00AF7CA2" w:rsidRDefault="00AA7C05" w:rsidP="00B02678">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="fontstyle01"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i/>
+          <w:iCs/>
           <w:color w:val="auto"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00873205">
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rStyle w:val="fontstyle01"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i/>
+          <w:iCs/>
           <w:color w:val="auto"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
-        <w:t>(a.sz.: DIMOP_Plusz-1.2.7-23-2023-00001</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="79A3EB00" w14:textId="77777777" w:rsidR="00AA7C05" w:rsidRPr="00873205" w:rsidRDefault="00AA7C05" w:rsidP="00B02678">
+        <w:t xml:space="preserve">Digitális Fejlesztési Koncepció (DFK) elkészítésének, mint az EUMSZ. 107 cikk (1) bekezdése szerinti, nem pénzügyi, közvetett állami támogatás és támogatott szolgáltatás kérelmezéséhez, </w:t>
+      </w:r>
+      <w:r w:rsidR="000C6ABD" w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rStyle w:val="fontstyle01"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:lang w:val="hu-HU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a Modern Vállalkozások Program 2.0 </w:t>
+      </w:r>
+      <w:r w:rsidR="00977B74" w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rStyle w:val="fontstyle01"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:lang w:val="hu-HU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">projekt </w:t>
+      </w:r>
+      <w:r w:rsidR="000C6ABD" w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rStyle w:val="fontstyle01"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:lang w:val="hu-HU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">keretében </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33054496" w14:textId="77777777" w:rsidR="00977B74" w:rsidRPr="00AF7CA2" w:rsidRDefault="00977B74" w:rsidP="00B02678">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="fontstyle01"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:i/>
           <w:color w:val="auto"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="669780FD" w14:textId="6AA952A3" w:rsidR="000624F6" w:rsidRPr="002857A2" w:rsidRDefault="000624F6" w:rsidP="00B02678">
+    <w:p w14:paraId="47C9043E" w14:textId="1B5E6BEB" w:rsidR="00AA7C05" w:rsidRPr="00AF7CA2" w:rsidRDefault="000C6ABD" w:rsidP="00B02678">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="fontstyle01"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:i/>
+          <w:color w:val="auto"/>
+          <w:lang w:val="hu-HU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rStyle w:val="fontstyle01"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:i/>
+          <w:color w:val="auto"/>
+          <w:lang w:val="hu-HU"/>
+        </w:rPr>
+        <w:t>a.sz.: DIMOP_Plusz-1.2.7-23-2023-00001</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79A3EB00" w14:textId="77777777" w:rsidR="00AA7C05" w:rsidRPr="00AF7CA2" w:rsidRDefault="00AA7C05" w:rsidP="00B02678">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="fontstyle01"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:i/>
+          <w:color w:val="auto"/>
+          <w:lang w:val="hu-HU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="669780FD" w14:textId="6AA952A3" w:rsidR="000624F6" w:rsidRPr="00AF7CA2" w:rsidRDefault="000624F6" w:rsidP="00B02678">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="50C25D11" w14:textId="77777777" w:rsidR="00112906" w:rsidRPr="002857A2" w:rsidRDefault="00112906" w:rsidP="00B02678">
+    <w:p w14:paraId="50C25D11" w14:textId="77777777" w:rsidR="00112906" w:rsidRPr="00AF7CA2" w:rsidRDefault="00112906" w:rsidP="00B02678">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3900"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk178765768"/>
     </w:p>
-    <w:p w14:paraId="05BE2CA7" w14:textId="77777777" w:rsidR="003109F5" w:rsidRPr="002857A2" w:rsidRDefault="003109F5" w:rsidP="00B02678">
-      <w:pPr>
+    <w:p w14:paraId="05BE2CA7" w14:textId="77777777" w:rsidR="003109F5" w:rsidRPr="00AF7CA2" w:rsidRDefault="003109F5" w:rsidP="003C6F3A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002857A2">
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08CC33C7" w14:textId="244B484A" w:rsidR="00363026" w:rsidRPr="00873205" w:rsidRDefault="00363026" w:rsidP="1DD4D438">
+    <w:p w14:paraId="08CC33C7" w14:textId="72C118F7" w:rsidR="00363026" w:rsidRPr="00D06511" w:rsidRDefault="00363026" w:rsidP="1DD4D438">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3900"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00873205">
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Alulírot</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F83A94" w:rsidRPr="00873205">
+        <w:t>Alulíro</w:t>
+      </w:r>
+      <w:r w:rsidR="00C9409A" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
-        <w:t xml:space="preserve">t </w:t>
+        <w:t>tt</w:t>
+      </w:r>
+      <w:r w:rsidR="00977B74" w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rStyle w:val="Lbjegyzet-hivatkozs"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:footnoteReference w:id="2"/>
+      </w:r>
+      <w:r w:rsidR="00C9409A" w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="hu-HU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="009428EA" w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="hu-HU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:b/>
             <w:spacing w:val="-1"/>
             <w:lang w:val="hu-HU"/>
           </w:rPr>
           <w:alias w:val="személynév"/>
           <w:tag w:val="személynév"/>
           <w:id w:val="-1567178607"/>
           <w:placeholder>
-            <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+            <w:docPart w:val="3EE10E316868470896C4D5D15D61B05C"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="007749A8" w:rsidRPr="007749A8">
+          <w:r w:rsidR="001B0AEC" w:rsidRPr="00D06511">
             <w:rPr>
               <w:rStyle w:val="Helyrzszveg"/>
               <w:lang w:val="hu-HU"/>
             </w:rPr>
             <w:t>Szöveg beírásához kattintson vagy koppintson ide.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="5A5BA8EF" w14:textId="5CB2A706" w:rsidR="00AD5EBC" w:rsidRPr="000F2A7B" w:rsidRDefault="0078031A" w:rsidP="00D20BC1">
+    <w:p w14:paraId="5A5BA8EF" w14:textId="0CE35875" w:rsidR="00AD5EBC" w:rsidRPr="00D06511" w:rsidRDefault="0078031A" w:rsidP="00D20BC1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3900"/>
         </w:tabs>
         <w:spacing w:before="80" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F2A7B">
+      <w:r w:rsidRPr="00D06511">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:iCs/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidR="00F83A94" w:rsidRPr="000F2A7B">
+      <w:r w:rsidR="00F83A94" w:rsidRPr="00D06511">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:iCs/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve">nyja neve: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:b/>
             <w:iCs/>
             <w:spacing w:val="-1"/>
             <w:lang w:val="hu-HU"/>
           </w:rPr>
           <w:alias w:val="anyja neve"/>
           <w:id w:val="53206765"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="007749A8" w:rsidRPr="00057A31">
+          <w:r w:rsidR="00F359E5" w:rsidRPr="00D06511">
             <w:rPr>
               <w:rStyle w:val="Helyrzszveg"/>
             </w:rPr>
             <w:t>Szöveg beírásához kattintson vagy koppintson ide.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00F83A94" w:rsidRPr="000F2A7B">
+      <w:r w:rsidR="00F83A94" w:rsidRPr="00D06511">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:iCs/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D3D8EEF" w14:textId="404CAFC7" w:rsidR="00AD5EBC" w:rsidRPr="000F2A7B" w:rsidRDefault="00F83A94" w:rsidP="00D20BC1">
+    <w:p w14:paraId="6D3D8EEF" w14:textId="583E3C1A" w:rsidR="00AD5EBC" w:rsidRPr="00D06511" w:rsidRDefault="00F83A94" w:rsidP="00D20BC1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3900"/>
         </w:tabs>
         <w:spacing w:before="80" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:spacing w:val="-6"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F2A7B">
+      <w:r w:rsidRPr="00D06511">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:iCs/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>születési hely és idő:</w:t>
       </w:r>
-      <w:r w:rsidR="00A624E9" w:rsidRPr="000F2A7B">
+      <w:r w:rsidR="00A624E9" w:rsidRPr="00D06511">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:iCs/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:b/>
             <w:iCs/>
             <w:spacing w:val="-1"/>
             <w:lang w:val="hu-HU"/>
           </w:rPr>
           <w:alias w:val="születési hely és idő"/>
           <w:tag w:val="születési hely és idő"/>
           <w:id w:val="-122005137"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="007749A8" w:rsidRPr="007749A8">
+          <w:r w:rsidR="00F359E5" w:rsidRPr="00D06511">
             <w:rPr>
               <w:rStyle w:val="Helyrzszveg"/>
               <w:lang w:val="hu-HU"/>
             </w:rPr>
             <w:t>Szöveg beírásához kattintson vagy koppintson ide.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00363026" w:rsidRPr="000F2A7B">
+      <w:r w:rsidR="00363026" w:rsidRPr="00D06511">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:iCs/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00363026" w:rsidRPr="000F2A7B">
+      <w:r w:rsidR="00363026" w:rsidRPr="00D06511">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:iCs/>
           <w:spacing w:val="-6"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49BCFD5F" w14:textId="25CA6FE9" w:rsidR="00AD5EBC" w:rsidRDefault="00363026" w:rsidP="00D20BC1">
+    <w:p w14:paraId="49BCFD5F" w14:textId="4493D47C" w:rsidR="00AD5EBC" w:rsidRPr="00D06511" w:rsidRDefault="00363026" w:rsidP="00D20BC1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3900"/>
         </w:tabs>
         <w:spacing w:before="80" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00873205">
+      <w:r w:rsidRPr="00D06511">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>min</w:t>
       </w:r>
-      <w:r w:rsidRPr="00873205">
+      <w:r w:rsidRPr="00D06511">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidRPr="00873205">
+      <w:r w:rsidRPr="00D06511">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-6"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00873205">
+      <w:r w:rsidRPr="00D06511">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00F83A94" w:rsidRPr="00873205">
+      <w:r w:rsidR="00F83A94" w:rsidRPr="00D06511">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>(z)</w:t>
       </w:r>
-      <w:r w:rsidR="00F83A94" w:rsidRPr="00873205">
+      <w:r w:rsidR="00977B74" w:rsidRPr="00D06511">
+        <w:rPr>
+          <w:rStyle w:val="Lbjegyzet-hivatkozs"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:lang w:val="hu-HU"/>
+        </w:rPr>
+        <w:footnoteReference w:id="3"/>
+      </w:r>
+      <w:r w:rsidR="00F83A94" w:rsidRPr="00D06511">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:b/>
             <w:lang w:val="hu-HU"/>
           </w:rPr>
           <w:alias w:val="vállalkozás neve"/>
           <w:tag w:val="vállalkozás neve"/>
           <w:id w:val="-626774273"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="007749A8" w:rsidRPr="00057A31">
+          <w:r w:rsidR="00F359E5" w:rsidRPr="00D06511">
             <w:rPr>
               <w:rStyle w:val="Helyrzszveg"/>
             </w:rPr>
             <w:t>Szöveg beírásához kattintson vagy koppintson ide.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="777CB0CF" w14:textId="3A3B1234" w:rsidR="00AD5EBC" w:rsidRPr="000F2A7B" w:rsidRDefault="00363026" w:rsidP="00D20BC1">
+    <w:p w14:paraId="777CB0CF" w14:textId="6A1D6B66" w:rsidR="00AD5EBC" w:rsidRPr="00D06511" w:rsidRDefault="00363026" w:rsidP="00D20BC1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3900"/>
         </w:tabs>
         <w:spacing w:before="80" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F2A7B">
+      <w:r w:rsidRPr="00D06511">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:iCs/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>székhely</w:t>
       </w:r>
-      <w:r w:rsidR="00F83A94" w:rsidRPr="000F2A7B">
+      <w:r w:rsidR="00F83A94" w:rsidRPr="00D06511">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:iCs/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve">e: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:b/>
             <w:iCs/>
             <w:lang w:val="hu-HU"/>
           </w:rPr>
           <w:alias w:val="vállalkozás székhelye"/>
           <w:tag w:val="vállalkozás székhelye"/>
           <w:id w:val="-44220213"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="007749A8" w:rsidRPr="007749A8">
+          <w:r w:rsidR="00F359E5" w:rsidRPr="00D06511">
             <w:rPr>
               <w:rStyle w:val="Helyrzszveg"/>
               <w:lang w:val="hu-HU"/>
             </w:rPr>
             <w:t>Szöveg beírásához kattintson vagy koppintson ide.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00F83A94" w:rsidRPr="000F2A7B">
+      <w:r w:rsidR="00F83A94" w:rsidRPr="00D06511">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:iCs/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="680B5AFD" w14:textId="3AB9F9F2" w:rsidR="00AD5EBC" w:rsidRPr="000F2A7B" w:rsidRDefault="00F83A94" w:rsidP="00D20BC1">
+    <w:p w14:paraId="680B5AFD" w14:textId="65387C93" w:rsidR="00AD5EBC" w:rsidRPr="00AF7CA2" w:rsidRDefault="00F83A94" w:rsidP="00D20BC1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3900"/>
         </w:tabs>
         <w:spacing w:before="80" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:spacing w:val="8"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F2A7B">
+      <w:r w:rsidRPr="00D06511">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:iCs/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
-        <w:t>adószám</w:t>
-[...18 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve">adószám: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:b/>
             <w:iCs/>
             <w:lang w:val="hu-HU"/>
           </w:rPr>
           <w:alias w:val="vállalkozás adószáma"/>
           <w:tag w:val="adószám"/>
           <w:id w:val="-811026706"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="007749A8" w:rsidRPr="007749A8">
+          <w:r w:rsidR="00F359E5" w:rsidRPr="00D06511">
             <w:rPr>
               <w:rStyle w:val="Helyrzszveg"/>
               <w:lang w:val="hu-HU"/>
             </w:rPr>
             <w:t>Szöveg beírásához kattintson vagy koppintson ide.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00363026" w:rsidRPr="000F2A7B">
+      <w:r w:rsidR="00363026" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:iCs/>
           <w:spacing w:val="8"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46AA911F" w14:textId="117F9F34" w:rsidR="00363026" w:rsidRPr="00873205" w:rsidRDefault="00363026" w:rsidP="37D5A4D2">
+    <w:p w14:paraId="46AA911F" w14:textId="117F9F34" w:rsidR="00363026" w:rsidRPr="00AF7CA2" w:rsidRDefault="00363026" w:rsidP="37D5A4D2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3900"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00873205">
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>hivatalos</w:t>
       </w:r>
-      <w:r w:rsidR="007A7A56" w:rsidRPr="00873205">
+      <w:r w:rsidR="007A7A56" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>, cégjegyzésre jogosult</w:t>
       </w:r>
-      <w:r w:rsidRPr="00873205">
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-6"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00873205">
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>képviselője</w:t>
       </w:r>
-      <w:r w:rsidR="00F83A94" w:rsidRPr="00873205">
+      <w:r w:rsidR="00F83A94" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00873205">
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F83A94" w:rsidRPr="00873205">
+      <w:r w:rsidR="00F83A94" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>felelősségem tudatában</w:t>
       </w:r>
-      <w:r w:rsidR="00232FE9" w:rsidRPr="00873205">
+      <w:r w:rsidR="00232FE9" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00F83A94" w:rsidRPr="00873205">
+      <w:r w:rsidR="00F83A94" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00873205">
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>ezúto</w:t>
       </w:r>
-      <w:r w:rsidRPr="00873205">
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidRPr="00873205">
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="188E20CA" w14:textId="77777777" w:rsidR="00363026" w:rsidRPr="002857A2" w:rsidRDefault="00363026" w:rsidP="00B02678">
+    <w:p w14:paraId="188E20CA" w14:textId="77777777" w:rsidR="00363026" w:rsidRPr="00AF7CA2" w:rsidRDefault="00363026" w:rsidP="00B02678">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3900"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="467CC086" w14:textId="0C47EC3D" w:rsidR="00F629F1" w:rsidRPr="002857A2" w:rsidRDefault="00363026" w:rsidP="00B02678">
+    <w:p w14:paraId="467CC086" w14:textId="0C47EC3D" w:rsidR="00F629F1" w:rsidRPr="00AF7CA2" w:rsidRDefault="00363026" w:rsidP="00B02678">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3900"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002857A2">
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>NYILATKOZOM</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="306AA549" w14:textId="77777777" w:rsidR="007F4285" w:rsidRPr="002857A2" w:rsidRDefault="007F4285" w:rsidP="00B02678">
+    <w:p w14:paraId="306AA549" w14:textId="77777777" w:rsidR="007F4285" w:rsidRPr="00AF7CA2" w:rsidRDefault="007F4285" w:rsidP="00B02678">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3900"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="0A2335DA" w14:textId="76A44909" w:rsidR="008650F1" w:rsidRPr="00B87BFB" w:rsidRDefault="00776BC6" w:rsidP="00B87BFB">
+    <w:p w14:paraId="0A2335DA" w14:textId="76A44909" w:rsidR="008650F1" w:rsidRPr="00AF7CA2" w:rsidRDefault="00776BC6" w:rsidP="00B87BFB">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002857A2">
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00F629F1" w:rsidRPr="002857A2">
+      <w:r w:rsidR="00F629F1" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">hogy </w:t>
       </w:r>
-      <w:r w:rsidR="00363026" w:rsidRPr="002857A2">
+      <w:r w:rsidR="00363026" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="001B381D" w:rsidRPr="002857A2">
+      <w:r w:rsidR="001B381D" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> https://kkvdigital.dkf.hu/</w:t>
       </w:r>
-      <w:r w:rsidR="00363026" w:rsidRPr="002857A2">
+      <w:r w:rsidR="00363026" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> oldalon</w:t>
       </w:r>
-      <w:r w:rsidR="004342B2" w:rsidRPr="002857A2">
+      <w:r w:rsidR="004342B2" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> a </w:t>
       </w:r>
-      <w:r w:rsidR="004342B2" w:rsidRPr="002857A2">
+      <w:r w:rsidR="004342B2" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">regisztráció, </w:t>
       </w:r>
-      <w:r w:rsidR="004342B2" w:rsidRPr="002857A2">
+      <w:r w:rsidR="004342B2" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>valamint a</w:t>
       </w:r>
-      <w:r w:rsidR="004342B2" w:rsidRPr="002857A2">
+      <w:r w:rsidR="004342B2" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Digitális Intenzitási szintfelmérés </w:t>
       </w:r>
-      <w:r w:rsidR="004342B2" w:rsidRPr="002857A2">
+      <w:r w:rsidR="004342B2" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">során </w:t>
       </w:r>
-      <w:r w:rsidR="007E4A7D" w:rsidRPr="002857A2">
+      <w:r w:rsidR="007E4A7D" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>megadott</w:t>
       </w:r>
-      <w:r w:rsidR="004342B2" w:rsidRPr="002857A2">
+      <w:r w:rsidR="004342B2" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> adatok</w:t>
       </w:r>
-      <w:r w:rsidR="00363026" w:rsidRPr="002857A2">
+      <w:r w:rsidR="00363026" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00363026" w:rsidRPr="002857A2">
-[...9 lines deleted...]
-      <w:r w:rsidR="00363026" w:rsidRPr="002857A2">
+      <w:r w:rsidR="00363026" w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">teljes körűek, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00363026" w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>valódiak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00363026" w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> és hitelesek</w:t>
+      </w:r>
+      <w:r w:rsidR="00363026" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="004342B2" w:rsidRPr="002857A2">
+      <w:r w:rsidR="004342B2" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>a megtett</w:t>
       </w:r>
-      <w:r w:rsidR="00363026" w:rsidRPr="002857A2">
+      <w:r w:rsidR="00363026" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00363026" w:rsidRPr="002857A2">
+      <w:r w:rsidR="00363026" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>nyilatkozatok a valóságnak megfelelnek</w:t>
       </w:r>
-      <w:r w:rsidR="004342B2" w:rsidRPr="002857A2">
+      <w:r w:rsidR="004342B2" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3410CA08" w14:textId="58DF52D4" w:rsidR="008650F1" w:rsidRPr="00B87BFB" w:rsidRDefault="00B557A6" w:rsidP="00B02678">
+    <w:p w14:paraId="3410CA08" w14:textId="79C0D7D9" w:rsidR="008650F1" w:rsidRPr="00AF7CA2" w:rsidRDefault="00D13E06" w:rsidP="00B02678">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002857A2">
-[...7 lines deleted...]
-      <w:r w:rsidR="003109F5" w:rsidRPr="002857A2">
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B557A6" w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hogy </w:t>
+      </w:r>
+      <w:r w:rsidR="003109F5" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>a https://kkvdigital.dkf.hu/ oldalon elvégzett Digitális Intenzitási szintfelmérés alapján vállalkozásom:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E69A5D2" w14:textId="17B8D442" w:rsidR="003109F5" w:rsidRPr="00873205" w:rsidRDefault="003109F5" w:rsidP="00D20BC1">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00873205">
+    <w:p w14:paraId="1E69A5D2" w14:textId="7B0B5B51" w:rsidR="003109F5" w:rsidRPr="00D06511" w:rsidRDefault="003109F5" w:rsidP="00F11DC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="992"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="hu-HU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>DI (digitális intenzitás) pontszáma:</w:t>
       </w:r>
-      <w:r w:rsidR="003D639D" w:rsidRPr="00873205">
+      <w:r w:rsidR="003D639D" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:lang w:val="hu-HU"/>
           </w:rPr>
           <w:alias w:val="DI pontszám"/>
           <w:tag w:val="DI pontszám"/>
           <w:id w:val="1289856556"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="007749A8" w:rsidRPr="007749A8">
+          <w:r w:rsidR="00F359E5" w:rsidRPr="00D06511">
             <w:rPr>
               <w:rStyle w:val="Helyrzszveg"/>
               <w:lang w:val="hu-HU"/>
             </w:rPr>
             <w:t>Szöveg beírásához kattintson vagy koppintson ide.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="560B27C7" w14:textId="531AA4F2" w:rsidR="003109F5" w:rsidRPr="00873205" w:rsidRDefault="003109F5" w:rsidP="00D20BC1">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00873205">
+    <w:p w14:paraId="560B27C7" w14:textId="38168291" w:rsidR="003109F5" w:rsidRPr="00D06511" w:rsidRDefault="003109F5" w:rsidP="00F11DC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="992"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="hu-HU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D06511">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>DI szint</w:t>
       </w:r>
-      <w:r w:rsidR="00FC0523" w:rsidRPr="00873205">
+      <w:r w:rsidR="00FC0523" w:rsidRPr="00D06511">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>je</w:t>
       </w:r>
-      <w:r w:rsidRPr="00873205">
+      <w:r w:rsidRPr="00D06511">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="003D639D" w:rsidRPr="00873205">
+      <w:r w:rsidR="003D639D" w:rsidRPr="00D06511">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:lang w:val="hu-HU"/>
           </w:rPr>
           <w:alias w:val="DI szint"/>
           <w:tag w:val="DI szint"/>
           <w:id w:val="631367901"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="007749A8" w:rsidRPr="007749A8">
+          <w:r w:rsidR="00F359E5" w:rsidRPr="00D06511">
             <w:rPr>
               <w:rStyle w:val="Helyrzszveg"/>
               <w:lang w:val="hu-HU"/>
             </w:rPr>
             <w:t>Szöveg beírásához kattintson vagy koppintson ide.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="0501E9DE" w14:textId="4511EA44" w:rsidR="003109F5" w:rsidRPr="00873205" w:rsidRDefault="003109F5" w:rsidP="00D20BC1">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00873205">
+    <w:p w14:paraId="0501E9DE" w14:textId="4537E775" w:rsidR="003109F5" w:rsidRPr="00D06511" w:rsidRDefault="003109F5" w:rsidP="00F11DC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="992"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="hu-HU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D06511">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>DI igazolás iratazonosítója</w:t>
       </w:r>
-      <w:r w:rsidRPr="002857A2">
+      <w:r w:rsidRPr="00D06511">
         <w:rPr>
           <w:rStyle w:val="Lbjegyzet-hivatkozs"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00873205">
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:lang w:val="hu-HU"/>
+        </w:rPr>
+        <w:footnoteReference w:id="4"/>
+      </w:r>
+      <w:r w:rsidRPr="00D06511">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="003D639D" w:rsidRPr="00873205">
+      <w:r w:rsidR="003D639D" w:rsidRPr="00D06511">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:lang w:val="hu-HU"/>
           </w:rPr>
           <w:alias w:val="DI iratazonosító"/>
           <w:tag w:val="DI iratazonosító"/>
           <w:id w:val="-1307927062"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="007749A8" w:rsidRPr="007749A8">
+          <w:r w:rsidR="00F359E5" w:rsidRPr="00D06511">
             <w:rPr>
               <w:rStyle w:val="Helyrzszveg"/>
               <w:lang w:val="hu-HU"/>
             </w:rPr>
             <w:t>Szöveg beírásához kattintson vagy koppintson ide.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="3575A4B1" w14:textId="55FF0382" w:rsidR="003109F5" w:rsidRPr="00873205" w:rsidRDefault="003109F5" w:rsidP="00D20BC1">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00873205">
+    <w:p w14:paraId="3575A4B1" w14:textId="029BC458" w:rsidR="003109F5" w:rsidRPr="00D06511" w:rsidRDefault="003109F5" w:rsidP="00F11DC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="992"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:lang w:val="hu-HU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D06511">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>Közösségi mutató alapján meghatározott DI pontszáma:</w:t>
       </w:r>
-      <w:r w:rsidR="003D639D" w:rsidRPr="00873205">
+      <w:r w:rsidR="003D639D" w:rsidRPr="00D06511">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:i/>
             <w:lang w:val="hu-HU"/>
           </w:rPr>
           <w:alias w:val="RCR13 pontszám"/>
           <w:tag w:val="RCR13 pontszám"/>
           <w:id w:val="1305049670"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00595B37" w:rsidRPr="00595B37">
+          <w:r w:rsidR="00F359E5" w:rsidRPr="00D06511">
             <w:rPr>
               <w:rStyle w:val="Helyrzszveg"/>
               <w:lang w:val="hu-HU"/>
             </w:rPr>
             <w:t>Szöveg beírásához kattintson vagy koppintson ide.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="7D3BF93B" w14:textId="1D49611F" w:rsidR="003109F5" w:rsidRPr="00873205" w:rsidRDefault="003109F5" w:rsidP="00D20BC1">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00873205">
+    <w:p w14:paraId="7D3BF93B" w14:textId="610A11AA" w:rsidR="003109F5" w:rsidRPr="00D06511" w:rsidRDefault="003109F5" w:rsidP="00F11DC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="992"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:lang w:val="hu-HU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D06511">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>Közösségi mutató alapján meghatározott DI szintje:</w:t>
       </w:r>
-      <w:r w:rsidR="003D639D" w:rsidRPr="00873205">
+      <w:r w:rsidR="003D639D" w:rsidRPr="00D06511">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:i/>
             <w:lang w:val="hu-HU"/>
           </w:rPr>
           <w:alias w:val="RCR13 szint"/>
           <w:tag w:val="RCR13 szint"/>
           <w:id w:val="-255289705"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00595B37" w:rsidRPr="00595B37">
+          <w:r w:rsidR="00F359E5" w:rsidRPr="00D06511">
             <w:rPr>
               <w:rStyle w:val="Helyrzszveg"/>
               <w:lang w:val="hu-HU"/>
             </w:rPr>
             <w:t>Szöveg beírásához kattintson vagy koppintson ide.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="5ED1EDB5" w14:textId="565E8A86" w:rsidR="00B557A6" w:rsidRPr="00873205" w:rsidRDefault="003109F5" w:rsidP="00D20BC1">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00873205">
+    <w:p w14:paraId="5ED1EDB5" w14:textId="4343BF95" w:rsidR="00B557A6" w:rsidRPr="00D06511" w:rsidRDefault="003109F5" w:rsidP="00F11DC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="992"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:lang w:val="hu-HU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D06511">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>Közösségi mutató alapján meghatározott DI igazolás iratazonosítója</w:t>
       </w:r>
-      <w:r w:rsidRPr="002857A2">
+      <w:r w:rsidRPr="00D06511">
         <w:rPr>
           <w:rStyle w:val="Lbjegyzet-hivatkozs"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:footnoteReference w:id="4"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00873205">
+        <w:footnoteReference w:id="5"/>
+      </w:r>
+      <w:r w:rsidRPr="00D06511">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="003D639D" w:rsidRPr="00873205">
+      <w:r w:rsidR="003D639D" w:rsidRPr="00D06511">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:i/>
             <w:lang w:val="hu-HU"/>
           </w:rPr>
           <w:alias w:val="RCR13 iratazonosító"/>
           <w:tag w:val="RCR13 iratazonosító"/>
           <w:id w:val="-1377689860"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="007749A8" w:rsidRPr="007749A8">
+          <w:r w:rsidR="00F359E5" w:rsidRPr="00D06511">
             <w:rPr>
               <w:rStyle w:val="Helyrzszveg"/>
               <w:lang w:val="hu-HU"/>
             </w:rPr>
             <w:t>Szöveg beírásához kattintson vagy koppintson ide.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="1CC8FE27" w14:textId="14981FD0" w:rsidR="009D494C" w:rsidRPr="005709DB" w:rsidRDefault="00B557A6" w:rsidP="005709DB">
+    <w:p w14:paraId="1CC8FE27" w14:textId="7A44274A" w:rsidR="009D494C" w:rsidRPr="00D06511" w:rsidRDefault="00B557A6" w:rsidP="005709DB">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002857A2">
+      <w:r w:rsidRPr="00D06511">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, hogy </w:t>
       </w:r>
-      <w:r w:rsidRPr="002857A2">
+      <w:r w:rsidRPr="00D06511">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">a jelen Nyilatkozat benyújtását megelőző háromszor 365 napos időszak során </w:t>
       </w:r>
-      <w:r w:rsidR="009D494C" w:rsidRPr="002857A2">
+      <w:r w:rsidR="009D494C" w:rsidRPr="00D06511">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="002857A2">
+      <w:r w:rsidRPr="00D06511">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> 651/2014/EU bizottsági rendelet 28. cikke szerinti</w:t>
       </w:r>
-      <w:r w:rsidR="00D929D3" w:rsidRPr="002857A2">
+      <w:r w:rsidR="00D929D3" w:rsidRPr="00D06511">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="002857A2">
+      <w:r w:rsidRPr="00D06511">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> kkv-knak nyújtott innovációs támogatás</w:t>
       </w:r>
-      <w:r w:rsidR="009D494C" w:rsidRPr="002857A2">
-[...19 lines deleted...]
-    <w:p w14:paraId="1B240F6A" w14:textId="1F744413" w:rsidR="00655669" w:rsidRDefault="00655669" w:rsidP="005709DB">
+      <w:r w:rsidR="009D494C" w:rsidRPr="00D06511">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ban</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B240F6A" w14:textId="1599A018" w:rsidR="00655669" w:rsidRPr="00D06511" w:rsidRDefault="00655669" w:rsidP="005709DB">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="714"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Nem részesültem </w:t>
+      <w:r w:rsidRPr="00D06511">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Nem részesültem</w:t>
+      </w:r>
+      <w:r w:rsidR="00977B74" w:rsidRPr="00D06511">
+        <w:rPr>
+          <w:rStyle w:val="Lbjegyzet-hivatkozs"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:footnoteReference w:id="6"/>
+      </w:r>
+      <w:r w:rsidRPr="00D06511">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-775562220"/>
           <w:placeholder>
             <w:docPart w:val="F64C645498944CECA19E9C5A4AD8939B"/>
           </w:placeholder>
+          <w:showingPlcHdr/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="009C4053">
+          <w:r w:rsidR="007027EC" w:rsidRPr="00D06511">
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-              <w:szCs w:val="20"/>
+              <w:rStyle w:val="Helyrzszveg"/>
             </w:rPr>
-            <w:t>………………..</w:t>
+            <w:t>Szöveg beírásához kattintson vagy koppintson ide.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="21B6A491" w14:textId="6F392A5B" w:rsidR="00655669" w:rsidRDefault="009C4053" w:rsidP="005709DB">
+    <w:p w14:paraId="21B6A491" w14:textId="6F99A6D5" w:rsidR="00655669" w:rsidRPr="00D06511" w:rsidRDefault="009C4053" w:rsidP="005709DB">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="714"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D06511">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
-      <w:r w:rsidR="00655669">
-[...7 lines deleted...]
-        <w:t xml:space="preserve">észesültem  </w:t>
+      <w:r w:rsidR="00655669" w:rsidRPr="00D06511">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>észesültem</w:t>
+      </w:r>
+      <w:r w:rsidR="00977B74" w:rsidRPr="00D06511">
+        <w:rPr>
+          <w:rStyle w:val="Lbjegyzet-hivatkozs"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:footnoteReference w:id="7"/>
+      </w:r>
+      <w:r w:rsidR="00655669" w:rsidRPr="00D06511">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="800957933"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r>
+          <w:sdt>
+            <w:sdtPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:id w:val="979969765"/>
+              <w:placeholder>
+                <w:docPart w:val="E2D9A96A243B4B97905245AA9E0543CC"/>
+              </w:placeholder>
+              <w:showingPlcHdr/>
+            </w:sdtPr>
+            <w:sdtContent>
+              <w:r w:rsidR="008249B1" w:rsidRPr="00D06511">
+                <w:rPr>
+                  <w:rStyle w:val="Helyrzszveg"/>
+                </w:rPr>
+                <w:t>Szöveg beírásához kattintson vagy koppintson ide.</w:t>
+              </w:r>
+            </w:sdtContent>
+          </w:sdt>
+          <w:r w:rsidR="008249B1" w:rsidRPr="00D06511" w:rsidDel="008249B1">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>………………</w:t>
+            <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="3BA15C73" w14:textId="16E2829A" w:rsidR="00B02678" w:rsidRPr="002857A2" w:rsidRDefault="00B02678" w:rsidP="005709DB">
+    <w:p w14:paraId="3BA15C73" w14:textId="16E2829A" w:rsidR="00B02678" w:rsidRPr="00D06511" w:rsidRDefault="00B02678" w:rsidP="005709DB">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:spacing w:before="120" w:after="0"/>
         <w:ind w:left="714"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002857A2">
+      <w:r w:rsidRPr="00D06511">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>és</w:t>
       </w:r>
-      <w:r w:rsidR="00C02D85" w:rsidRPr="002857A2">
+      <w:r w:rsidR="00C02D85" w:rsidRPr="00D06511">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> utóbbi esetben</w:t>
       </w:r>
-      <w:r w:rsidR="00C02D85" w:rsidRPr="002857A2">
+      <w:r w:rsidR="00C02D85" w:rsidRPr="00D06511">
         <w:rPr>
           <w:rStyle w:val="Lbjegyzet-hivatkozs"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:footnoteReference w:id="6"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="002857A2">
+        <w:footnoteReference w:id="8"/>
+      </w:r>
+      <w:r w:rsidRPr="00D06511">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> a </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38700846" w14:textId="43CD8147" w:rsidR="00B02678" w:rsidRPr="00873205" w:rsidRDefault="00B02678" w:rsidP="00B02678">
+    <w:p w14:paraId="38700846" w14:textId="43CD8147" w:rsidR="00B02678" w:rsidRPr="00D06511" w:rsidRDefault="00B02678" w:rsidP="00B02678">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1080" w:right="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00873205">
+      <w:r w:rsidRPr="00D06511">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>Támogatás jogalapja:</w:t>
       </w:r>
-      <w:r w:rsidR="003D639D" w:rsidRPr="00873205">
+      <w:r w:rsidR="003D639D" w:rsidRPr="00D06511">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:lang w:val="hu-HU"/>
           </w:rPr>
           <w:alias w:val="jogalap"/>
           <w:tag w:val="jogalap"/>
           <w:id w:val="1885132663"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:text/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="0096394D">
+          <w:r w:rsidR="0096394D" w:rsidRPr="00D06511">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:lang w:val="hu-HU"/>
             </w:rPr>
             <w:t>…………</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="3CFA4809" w14:textId="13A7D2E6" w:rsidR="00B02678" w:rsidRPr="00873205" w:rsidRDefault="00B02678" w:rsidP="00B02678">
+    <w:p w14:paraId="3CFA4809" w14:textId="13A7D2E6" w:rsidR="00B02678" w:rsidRPr="00D06511" w:rsidRDefault="00B02678" w:rsidP="00B02678">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1080" w:right="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00873205">
-[...13 lines deleted...]
-      <w:r w:rsidR="003D639D" w:rsidRPr="0096394D">
+      <w:r w:rsidRPr="00D06511">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="hu-HU"/>
+        </w:rPr>
+        <w:t>Támogatást nyújtó szervezet:</w:t>
+      </w:r>
+      <w:r w:rsidR="003D639D" w:rsidRPr="00D06511">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:bCs/>
             <w:lang w:val="hu-HU"/>
           </w:rPr>
           <w:alias w:val="szervezet"/>
           <w:tag w:val="szervezet"/>
           <w:id w:val="353542617"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:text/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="0096394D" w:rsidRPr="0096394D">
+          <w:r w:rsidR="0096394D" w:rsidRPr="00D06511">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:bCs/>
               <w:lang w:val="hu-HU"/>
             </w:rPr>
             <w:t>……………</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="68AA5C9B" w14:textId="364A2868" w:rsidR="00B02678" w:rsidRPr="00873205" w:rsidRDefault="00B02678" w:rsidP="00B02678">
+    <w:p w14:paraId="68AA5C9B" w14:textId="364A2868" w:rsidR="00B02678" w:rsidRPr="00D06511" w:rsidRDefault="00B02678" w:rsidP="4FC419EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1080" w:right="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00873205">
+      <w:r w:rsidRPr="00D06511">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve">Odaítélés dátuma: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:lang w:val="hu-HU"/>
           </w:rPr>
           <w:alias w:val="dátum"/>
           <w:tag w:val="dátum"/>
           <w:id w:val="-1045367831"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:text/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="004A33E5">
+          <w:r w:rsidR="004A33E5" w:rsidRPr="00D06511">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:lang w:val="hu-HU"/>
             </w:rPr>
-            <w:t>……………..</w:t>
+            <w:t>………</w:t>
+          </w:r>
+          <w:proofErr w:type="gramStart"/>
+          <w:r w:rsidR="004A33E5" w:rsidRPr="00D06511">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:lang w:val="hu-HU"/>
+            </w:rPr>
+            <w:t>…….</w:t>
+          </w:r>
+          <w:proofErr w:type="gramEnd"/>
+          <w:r w:rsidR="004A33E5" w:rsidRPr="00D06511">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:lang w:val="hu-HU"/>
+            </w:rPr>
+            <w:t>.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="6AAF9041" w14:textId="29558AEE" w:rsidR="00B02678" w:rsidRPr="00873205" w:rsidRDefault="00B02678" w:rsidP="00B02678">
+    <w:p w14:paraId="6AAF9041" w14:textId="29558AEE" w:rsidR="00B02678" w:rsidRPr="00D06511" w:rsidRDefault="00B02678" w:rsidP="00B02678">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1080" w:right="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00873205">
+      <w:r w:rsidRPr="00D06511">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>Igénylés dátuma (elbírálás alatt lévő kérelemnél a kérelem benyújtásának dátuma):</w:t>
       </w:r>
-      <w:r w:rsidR="003D639D" w:rsidRPr="004A33E5">
+      <w:r w:rsidR="003D639D" w:rsidRPr="00D06511">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:bCs/>
             <w:lang w:val="hu-HU"/>
           </w:rPr>
           <w:alias w:val="igény dátum"/>
           <w:tag w:val="igény dátum"/>
           <w:id w:val="793647937"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:text/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="004A33E5" w:rsidRPr="004A33E5">
+          <w:r w:rsidR="004A33E5" w:rsidRPr="00D06511">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:bCs/>
               <w:lang w:val="hu-HU"/>
             </w:rPr>
-            <w:t>………….</w:t>
+            <w:t>……</w:t>
           </w:r>
+          <w:proofErr w:type="gramStart"/>
+          <w:r w:rsidR="004A33E5" w:rsidRPr="00D06511">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:bCs/>
+              <w:lang w:val="hu-HU"/>
+            </w:rPr>
+            <w:t>…….</w:t>
+          </w:r>
+          <w:proofErr w:type="gramEnd"/>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="6C3E07AB" w14:textId="292F6738" w:rsidR="00B02678" w:rsidRPr="00873205" w:rsidRDefault="00B02678" w:rsidP="00B02678">
+    <w:p w14:paraId="6C3E07AB" w14:textId="292F6738" w:rsidR="00B02678" w:rsidRPr="00D06511" w:rsidRDefault="00B02678" w:rsidP="4FC419EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1080" w:right="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00873205">
-[...16 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00D06511">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="hu-HU"/>
+        </w:rPr>
+        <w:t>Támogatás összege (HUF/EUR):</w:t>
+      </w:r>
+      <w:r w:rsidR="003D639D" w:rsidRPr="00D06511">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:bCs/>
             <w:lang w:val="hu-HU"/>
           </w:rPr>
           <w:alias w:val="összeg"/>
           <w:tag w:val="összeg"/>
           <w:id w:val="1908794355"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:text/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00CC5FD0" w:rsidRPr="00CC5FD0">
+          <w:r w:rsidR="00CC5FD0" w:rsidRPr="00D06511">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              <w:bCs/>
               <w:lang w:val="hu-HU"/>
             </w:rPr>
-            <w:t>…………..</w:t>
+            <w:t>……</w:t>
+          </w:r>
+          <w:proofErr w:type="gramStart"/>
+          <w:r w:rsidR="00CC5FD0" w:rsidRPr="00D06511">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:lang w:val="hu-HU"/>
+            </w:rPr>
+            <w:t>…….</w:t>
+          </w:r>
+          <w:proofErr w:type="gramEnd"/>
+          <w:r w:rsidR="00CC5FD0" w:rsidRPr="00D06511">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:lang w:val="hu-HU"/>
+            </w:rPr>
+            <w:t>.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="247BB225" w14:textId="61960790" w:rsidR="004144BC" w:rsidRPr="00D20BC1" w:rsidRDefault="00B02678" w:rsidP="00D20BC1">
+    <w:p w14:paraId="247BB225" w14:textId="61960790" w:rsidR="004144BC" w:rsidRPr="00AF7CA2" w:rsidRDefault="00B02678" w:rsidP="4FC419EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1080" w:right="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00873205">
+      <w:r w:rsidRPr="00D06511">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>Támogatás bruttó támogatástartalma (HUF/EUR):</w:t>
       </w:r>
-      <w:r w:rsidR="00B557A6" w:rsidRPr="00873205">
+      <w:r w:rsidR="00B557A6" w:rsidRPr="00D06511">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="hu-HU"/>
           </w:rPr>
           <w:alias w:val="tám tartalom"/>
           <w:tag w:val="tám tartalom"/>
           <w:id w:val="-1472588219"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:text/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00CC5FD0">
+          <w:r w:rsidR="00CC5FD0" w:rsidRPr="00D06511">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:lang w:val="hu-HU"/>
             </w:rPr>
-            <w:t>…………..</w:t>
+            <w:t>……</w:t>
+          </w:r>
+          <w:proofErr w:type="gramStart"/>
+          <w:r w:rsidR="00CC5FD0" w:rsidRPr="00D06511">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              <w:lang w:val="hu-HU"/>
+            </w:rPr>
+            <w:t>…….</w:t>
+          </w:r>
+          <w:proofErr w:type="gramEnd"/>
+          <w:r w:rsidR="00CC5FD0" w:rsidRPr="00D06511">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              <w:lang w:val="hu-HU"/>
+            </w:rPr>
+            <w:t>.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="7D8E6D60" w14:textId="59A12E10" w:rsidR="00363026" w:rsidRPr="002857A2" w:rsidRDefault="00776BC6" w:rsidP="00B02678">
+    <w:p w14:paraId="7D8E6D60" w14:textId="59A12E10" w:rsidR="00363026" w:rsidRPr="00AF7CA2" w:rsidRDefault="00776BC6" w:rsidP="00B02678">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002857A2">
-[...5 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00F629F1" w:rsidRPr="002857A2">
+      <w:r w:rsidR="00F629F1" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">hogy </w:t>
       </w:r>
-      <w:r w:rsidR="009223ED" w:rsidRPr="002857A2">
+      <w:r w:rsidR="009223ED" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="002667ED" w:rsidRPr="002857A2">
+      <w:r w:rsidR="002667ED" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">z elektronikus (szkennelt) formában </w:t>
       </w:r>
-      <w:r w:rsidR="001D4608" w:rsidRPr="002857A2">
+      <w:r w:rsidR="001D4608" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>csatolt aláírás</w:t>
       </w:r>
-      <w:r w:rsidR="00593C27" w:rsidRPr="002857A2">
+      <w:r w:rsidR="00593C27" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidR="001D4608" w:rsidRPr="002857A2">
+      <w:r w:rsidR="001D4608" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> címpéldány</w:t>
       </w:r>
-      <w:r w:rsidR="00457C1F" w:rsidRPr="002857A2">
+      <w:r w:rsidR="00457C1F" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="001D4608" w:rsidRPr="002857A2">
+      <w:r w:rsidR="001D4608" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> vagy ügyvéd által ellenjegyzet aláírásminta alapján</w:t>
       </w:r>
-      <w:r w:rsidR="007A7A56" w:rsidRPr="002857A2">
+      <w:r w:rsidR="007A7A56" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00363026" w:rsidRPr="002857A2">
+      <w:r w:rsidR="00363026" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00363026" w:rsidRPr="002857A2">
+      <w:r w:rsidR="00363026" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">jogosult vagyok a </w:t>
       </w:r>
-      <w:r w:rsidR="001D4608" w:rsidRPr="002857A2">
+      <w:r w:rsidR="001D4608" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>nyilatkozattétellel érintett</w:t>
       </w:r>
-      <w:r w:rsidR="001D4608" w:rsidRPr="002857A2">
-[...7 lines deleted...]
-      <w:r w:rsidR="00363026" w:rsidRPr="002857A2">
+      <w:r w:rsidR="001D4608" w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="001D4608" w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>fent nevezett</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00363026" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00363026" w:rsidRPr="002857A2">
+      <w:r w:rsidR="00363026" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>szervezet</w:t>
       </w:r>
-      <w:r w:rsidR="001D14C9" w:rsidRPr="002857A2">
+      <w:r w:rsidR="001D14C9" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> cégszerű</w:t>
       </w:r>
-      <w:r w:rsidR="004342B2" w:rsidRPr="002857A2">
+      <w:r w:rsidR="004342B2" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00363026" w:rsidRPr="002857A2">
+      <w:r w:rsidR="00363026" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>képviseletére</w:t>
       </w:r>
-      <w:r w:rsidR="004342B2" w:rsidRPr="002857A2">
+      <w:r w:rsidR="004342B2" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rStyle w:val="Lbjegyzet-hivatkozs"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:footnoteReference w:id="7"/>
-[...1 lines deleted...]
-      <w:r w:rsidR="008650F1" w:rsidRPr="002857A2">
+        <w:footnoteReference w:id="9"/>
+      </w:r>
+      <w:r w:rsidR="008650F1" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DE4DE95" w14:textId="77777777" w:rsidR="00D20BC1" w:rsidRDefault="00D20BC1">
+    <w:p w14:paraId="2DE4DE95" w14:textId="77777777" w:rsidR="00D20BC1" w:rsidRPr="00AF7CA2" w:rsidRDefault="00D20BC1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7776B016" w14:textId="53ACF94D" w:rsidR="001B5FDF" w:rsidRPr="002857A2" w:rsidRDefault="00363026" w:rsidP="00B02678">
+    <w:p w14:paraId="7776B016" w14:textId="53ACF94D" w:rsidR="001B5FDF" w:rsidRPr="00AF7CA2" w:rsidRDefault="00363026" w:rsidP="00B02678">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3880"/>
         </w:tabs>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002857A2">
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>KIJELENTEM</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22B1993B" w14:textId="77777777" w:rsidR="001B5FDF" w:rsidRPr="002857A2" w:rsidRDefault="001B5FDF" w:rsidP="00B02678">
+    <w:p w14:paraId="22B1993B" w14:textId="77777777" w:rsidR="001B5FDF" w:rsidRPr="00AF7CA2" w:rsidRDefault="001B5FDF" w:rsidP="00D05F57">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3880"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7972ACC1" w14:textId="11CFF407" w:rsidR="00363026" w:rsidRPr="002857A2" w:rsidRDefault="00776BC6" w:rsidP="00B02678">
+    <w:p w14:paraId="7972ACC1" w14:textId="11CFF407" w:rsidR="00363026" w:rsidRPr="00AF7CA2" w:rsidRDefault="00776BC6" w:rsidP="0059244C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3880"/>
         </w:tabs>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002857A2">
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00363026" w:rsidRPr="002857A2">
+      <w:r w:rsidR="00363026" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>hog</w:t>
       </w:r>
-      <w:r w:rsidR="00363026" w:rsidRPr="002857A2">
+      <w:r w:rsidR="00363026" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
-      <w:r w:rsidR="00363026" w:rsidRPr="002857A2">
+      <w:r w:rsidR="00363026" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000624F6" w:rsidRPr="002857A2">
+      <w:r w:rsidR="000624F6" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve">az általam képviselt </w:t>
       </w:r>
-      <w:r w:rsidR="00363026" w:rsidRPr="002857A2">
+      <w:r w:rsidR="00363026" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>vállalkozás</w:t>
       </w:r>
-      <w:r w:rsidR="00363026" w:rsidRPr="002857A2">
+      <w:r w:rsidR="00363026" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00363026" w:rsidRPr="002857A2">
+      <w:r w:rsidR="00363026" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>esetébe</w:t>
       </w:r>
-      <w:r w:rsidR="00363026" w:rsidRPr="002857A2">
+      <w:r w:rsidR="00363026" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidR="002C3717" w:rsidRPr="002857A2">
+      <w:r w:rsidR="002C3717" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00363026" w:rsidRPr="002857A2">
+      <w:r w:rsidR="00363026" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00363026" w:rsidRPr="002857A2">
+      <w:r w:rsidR="00363026" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00363026" w:rsidRPr="002857A2">
+      <w:r w:rsidR="00363026" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>z</w:t>
       </w:r>
-      <w:r w:rsidR="00363026" w:rsidRPr="002857A2">
+      <w:r w:rsidR="00363026" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00363026" w:rsidRPr="002857A2">
+      <w:r w:rsidR="00363026" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>alább</w:t>
       </w:r>
-      <w:r w:rsidR="00363026" w:rsidRPr="002857A2">
+      <w:r w:rsidR="00363026" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve">i </w:t>
       </w:r>
-      <w:r w:rsidR="00363026" w:rsidRPr="002857A2">
+      <w:r w:rsidR="00363026" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>kizár</w:t>
       </w:r>
-      <w:r w:rsidR="00363026" w:rsidRPr="002857A2">
+      <w:r w:rsidR="00363026" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve">ó </w:t>
       </w:r>
-      <w:r w:rsidR="00363026" w:rsidRPr="002857A2">
+      <w:r w:rsidR="00363026" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>feltétele</w:t>
       </w:r>
-      <w:r w:rsidR="00363026" w:rsidRPr="002857A2">
+      <w:r w:rsidR="00363026" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>k</w:t>
       </w:r>
-      <w:r w:rsidR="00363026" w:rsidRPr="002857A2">
+      <w:r w:rsidR="00363026" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve"> egyik</w:t>
       </w:r>
-      <w:r w:rsidR="00363026" w:rsidRPr="002857A2">
+      <w:r w:rsidR="00363026" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidR="00363026" w:rsidRPr="002857A2">
+      <w:r w:rsidR="00363026" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve"> se</w:t>
       </w:r>
-      <w:r w:rsidR="00363026" w:rsidRPr="002857A2">
+      <w:r w:rsidR="00363026" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
-      <w:r w:rsidR="00363026" w:rsidRPr="002857A2">
+      <w:r w:rsidR="00363026" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve"> ál</w:t>
       </w:r>
-      <w:r w:rsidR="00363026" w:rsidRPr="002857A2">
+      <w:r w:rsidR="00363026" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
-      <w:r w:rsidR="00363026" w:rsidRPr="002857A2">
+      <w:r w:rsidR="00363026" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve"> fen</w:t>
       </w:r>
-      <w:r w:rsidR="005B3E89" w:rsidRPr="002857A2">
+      <w:r w:rsidR="005B3E89" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidR="009E6C10" w:rsidRPr="002857A2">
+      <w:r w:rsidR="009E6C10" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009E6C10" w:rsidRPr="002857A2">
+      <w:r w:rsidR="009E6C10" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>(nem vehet részt a Programban</w:t>
       </w:r>
-      <w:r w:rsidR="003109F5" w:rsidRPr="002857A2">
+      <w:r w:rsidR="003109F5" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>, továbbá nem vehet igénybe Támogatott Szolgáltatást és nem pénzügyi Támogatást</w:t>
       </w:r>
-      <w:r w:rsidR="005A63BB" w:rsidRPr="002857A2">
+      <w:r w:rsidR="005A63BB" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve"> azon szervezet, amely</w:t>
       </w:r>
-      <w:r w:rsidR="009E6C10" w:rsidRPr="002857A2">
+      <w:r w:rsidR="009E6C10" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00293B6F" w:rsidRPr="002857A2">
+      <w:r w:rsidR="00293B6F" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7886E761" w14:textId="6C512205" w:rsidR="009E6C10" w:rsidRPr="002857A2" w:rsidRDefault="009E6C10" w:rsidP="00B02678">
+    <w:p w14:paraId="7886E761" w14:textId="6C512205" w:rsidR="009E6C10" w:rsidRPr="00AF7CA2" w:rsidRDefault="009E6C10" w:rsidP="0059244C">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002857A2">
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">a 2004. évi XXXIV. törvény értelmező rendelkezései, valamint a KSH </w:t>
       </w:r>
-      <w:r w:rsidRPr="002857A2">
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>„Gazdasági szervezetek gazdálkodási forma szerinti osztályozása”</w:t>
       </w:r>
-      <w:r w:rsidRPr="002857A2">
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> értelmében nem minősül KKV-nak </w:t>
       </w:r>
-      <w:r w:rsidRPr="002857A2">
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(GFO 1-2)</w:t>
       </w:r>
-      <w:r w:rsidR="00B9716E" w:rsidRPr="002857A2">
+      <w:r w:rsidR="00B9716E" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="499380FA" w14:textId="3FF48D59" w:rsidR="00225A10" w:rsidRPr="002857A2" w:rsidRDefault="00225A10" w:rsidP="00B02678">
+    <w:p w14:paraId="499380FA" w14:textId="3FF48D59" w:rsidR="00225A10" w:rsidRPr="00AF7CA2" w:rsidRDefault="00225A10" w:rsidP="0059244C">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002857A2">
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>működését nem Magyarországon folytatja;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A5B4F99" w14:textId="0F14AF47" w:rsidR="007B491D" w:rsidRPr="002857A2" w:rsidRDefault="007B491D" w:rsidP="005205AF">
+    <w:p w14:paraId="4A5B4F99" w14:textId="0508F177" w:rsidR="007B491D" w:rsidRPr="00AF7CA2" w:rsidRDefault="007B491D" w:rsidP="004D4FEF">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:rPr>
-[...14 lines deleted...]
-    <w:p w14:paraId="02534D27" w14:textId="15D67715" w:rsidR="00B9716E" w:rsidRPr="002857A2" w:rsidRDefault="00B9716E" w:rsidP="00B02678">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>nem rendelkezik a Támogatott Szolgáltatás igénybevételét megelőzően legalább 1 (egy) lezárt üzleti évvel;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="252521DB" w14:textId="1857A530" w:rsidR="00E96376" w:rsidRPr="00AF7CA2" w:rsidRDefault="009C4A38" w:rsidP="009C4A38">
+      <w:pPr>
+        <w:pStyle w:val="Listaszerbekezds"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>eléri legalább az alacsony (alapszintű) digitális intenzitást (DESI 2022,</w:t>
+      </w:r>
+      <w:r w:rsidR="009A2369" w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>3a1 mutató) és rendelkezik elektronikus információ cserére alkalmas szoftverrel (DESI 2022, 3b1 mutató) és alkalmaz közösségi média alkalmazásokat (DESI 2022, 3b2 mutató) és e-számlázásra alkalmas szoftvert (DESI 2022, 3b7 mutató) használ</w:t>
+      </w:r>
+      <w:r w:rsidR="007B659F" w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02534D27" w14:textId="15D67715" w:rsidR="00B9716E" w:rsidRPr="00AF7CA2" w:rsidRDefault="00B9716E" w:rsidP="0059244C">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="160"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002857A2">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="002857A2">
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">működése szerint (főtevékenység, vagy árbevétel szerint) a halászati és </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>akvakultúra</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ágazathoz tartozik, továbbá mezőgazdasági termékek elsődleges előállítója (termelő), feldolgozója vagy forgalmazója </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>((az Európai Unió működéséről szóló Szerződés (EUMSZ) 1. számú mellékletében (Annex I.) szereplő mezőgazdasági termékek elsődleges előállítója))</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2B3A9AD9" w14:textId="579A2F78" w:rsidR="00B9716E" w:rsidRPr="002857A2" w:rsidRDefault="00B9716E" w:rsidP="00B02678">
+        <w:t>((az Európai Unió működéséről szóló Szerződés (EUMSZ) 1. számú mellékletében (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Annex</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I.) szereplő mezőgazdasági termékek elsődleges előállítója))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B3A9AD9" w14:textId="579A2F78" w:rsidR="00B9716E" w:rsidRPr="00AF7CA2" w:rsidRDefault="00B9716E" w:rsidP="0059244C">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="160"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002857A2">
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>a Programokban történő aktív részvételét megelőző jóváhagyott, legutolsó lezárt, teljes üzleti év éves beszámoló szerinti árbevételének, vagy egyéni vállalkozók esetében az adóalapba beszámított bevételének több, mint 50%-a mezőgazdasági tevékenységből származik;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31B8ED43" w14:textId="73E1782F" w:rsidR="009E6C10" w:rsidRPr="002857A2" w:rsidRDefault="009E6C10" w:rsidP="00B02678">
+    <w:p w14:paraId="31B8ED43" w14:textId="73E1782F" w:rsidR="009E6C10" w:rsidRPr="00AF7CA2" w:rsidRDefault="009E6C10" w:rsidP="0059244C">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002857A2">
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>az államháztartásról szóló 2011. évi CXCV. törvényben (a továbbiakban: Áht.) foglaltak szerint nem felel meg a rendezett munkaügyi kapcsolatok követelményének;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C6D5F20" w14:textId="77777777" w:rsidR="009E6C10" w:rsidRPr="002857A2" w:rsidRDefault="009E6C10" w:rsidP="00B02678">
+    <w:p w14:paraId="3C6D5F20" w14:textId="77777777" w:rsidR="009E6C10" w:rsidRPr="00AF7CA2" w:rsidRDefault="009E6C10" w:rsidP="0059244C">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002857A2">
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ha olyan jogi személy vagy jogi személyiséggel nem rendelkező más szervezet, amely az Áht.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AE71FC6" w14:textId="77777777" w:rsidR="009E6C10" w:rsidRPr="002857A2" w:rsidRDefault="009E6C10" w:rsidP="00B02678">
+    <w:p w14:paraId="4AE71FC6" w14:textId="77777777" w:rsidR="009E6C10" w:rsidRPr="00AF7CA2" w:rsidRDefault="009E6C10" w:rsidP="004D4FEF">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:spacing w:after="0"/>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="002857A2">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>1. § 4.) pontja szerint nem átlátható szervezet,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39D2A20C" w14:textId="69A8CDE8" w:rsidR="009E6C10" w:rsidRPr="002857A2" w:rsidRDefault="009E6C10" w:rsidP="00B02678">
+    <w:p w14:paraId="6C36A4C3" w14:textId="47584334" w:rsidR="00C218E0" w:rsidRPr="00AF7CA2" w:rsidRDefault="00C218E0" w:rsidP="0059244C">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002857A2">
-[...24 lines deleted...]
-    <w:p w14:paraId="609F7E06" w14:textId="77777777" w:rsidR="009E6C10" w:rsidRPr="002857A2" w:rsidRDefault="009E6C10" w:rsidP="00B02678">
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ha az Áht. 50. § (1) bekezdés alapján nem részesíthető költségvetési támogatásban;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6761AEB7" w14:textId="53739F21" w:rsidR="00C218E0" w:rsidRPr="00AF7CA2" w:rsidRDefault="00C218E0" w:rsidP="0059244C">
+      <w:pPr>
+        <w:pStyle w:val="Listaszerbekezds"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ha az Áht. 48/B. § (1) bekezdés vagy más jogszabály értelmében nem részesülhet támogatásban, vagy továbbadott támogatásban;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C8BDA72" w14:textId="77777777" w:rsidR="00C218E0" w:rsidRPr="00AF7CA2" w:rsidRDefault="00C218E0" w:rsidP="004D4FEF">
+      <w:pPr>
+        <w:pStyle w:val="Listaszerbekezds"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ha harmadik személy irányában olyan kötelezettsége áll fenn, amely a részére továbbadott támogatással nyújtott szolgáltatások, vagy a támogatás céljának megvalósulását meghiúsíthatja;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3452C4E5" w14:textId="77777777" w:rsidR="00C218E0" w:rsidRPr="00AF7CA2" w:rsidRDefault="00C218E0" w:rsidP="00701AA8">
+      <w:pPr>
+        <w:pStyle w:val="Listaszerbekezds"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ha a továbbadott támogatás igénybevételére vonatkozó jogosultság megállapításakor, vagy az igénybevételt követő három évig terjedő időszak alatt, a továbbadott támogatás megítélését, vagy annak felhasználását befolyásoló valótlan, hamis vagy megtévesztő adatot szolgáltatott vagy ilyen nyilatkozatot tett;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="609F7E06" w14:textId="77777777" w:rsidR="009E6C10" w:rsidRPr="00AF7CA2" w:rsidRDefault="009E6C10" w:rsidP="0059244C">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002857A2">
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ha jogerős végzéssel elrendelt felszámolási, csőd-, végelszámolási vagy egyéb – a megszüntetésére irányuló, jogszabályban meghatározott - eljárás alatt áll;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61B299F3" w14:textId="2808A535" w:rsidR="009E6C10" w:rsidRPr="002857A2" w:rsidRDefault="009E6C10" w:rsidP="00B02678">
+    <w:p w14:paraId="61B299F3" w14:textId="2808A535" w:rsidR="009E6C10" w:rsidRPr="00AF7CA2" w:rsidRDefault="009E6C10" w:rsidP="0059244C">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002857A2">
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">amellyel szemben a Nemzeti Adó- és Vámhivatal (NAV), illetve az elődszervezete az APEH által indított végrehajtási eljárás van folyamatban </w:t>
       </w:r>
-      <w:r w:rsidR="00CB2002" w:rsidRPr="002857A2">
+      <w:r w:rsidR="00CB2002" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00F50505" w:rsidRPr="002857A2">
+      <w:r w:rsidR="00F50505" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Programokba történő részvétel</w:t>
       </w:r>
-      <w:r w:rsidRPr="002857A2">
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> időpontjában;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BC8DD17" w14:textId="77777777" w:rsidR="009E6C10" w:rsidRPr="002857A2" w:rsidRDefault="009E6C10" w:rsidP="00B02678">
+    <w:p w14:paraId="1BC8DD17" w14:textId="77777777" w:rsidR="009E6C10" w:rsidRPr="00AF7CA2" w:rsidRDefault="009E6C10" w:rsidP="0059244C">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002857A2">
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>amely vagy amely kapcsolt vállalkozása szerepel a 100 millió Ft feletti adótartozással rendelkezők adatbázisában;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03D67EB8" w14:textId="77777777" w:rsidR="009E6C10" w:rsidRPr="002857A2" w:rsidRDefault="009E6C10" w:rsidP="00B02678">
+    <w:p w14:paraId="03D67EB8" w14:textId="77777777" w:rsidR="009E6C10" w:rsidRPr="00AF7CA2" w:rsidRDefault="009E6C10" w:rsidP="0059244C">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002857A2">
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>amely vagy amely kapcsolt vállalkozása szerepel a 100 millió Ft feletti adóhiánnyal rendelkezők adatbázisában;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56C817A2" w14:textId="77777777" w:rsidR="009E6C10" w:rsidRPr="002857A2" w:rsidRDefault="009E6C10" w:rsidP="00B02678">
+    <w:p w14:paraId="56C817A2" w14:textId="77777777" w:rsidR="009E6C10" w:rsidRPr="00AF7CA2" w:rsidRDefault="009E6C10" w:rsidP="0059244C">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002857A2">
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>amely adószáma felfüggesztésre került vagy szankciós jelleggel törölve lett;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="553F83EF" w14:textId="77777777" w:rsidR="009E6C10" w:rsidRPr="002857A2" w:rsidRDefault="009E6C10" w:rsidP="00B02678">
+    <w:p w14:paraId="553F83EF" w14:textId="77777777" w:rsidR="009E6C10" w:rsidRPr="00AF7CA2" w:rsidRDefault="009E6C10" w:rsidP="0059244C">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002857A2">
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>amellyel szemben a bíróság jogerősen büntetőjogi intézkedésként tevékenysége korlátozását rendelte el;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00B538C0" w14:textId="77777777" w:rsidR="009E6C10" w:rsidRPr="002857A2" w:rsidRDefault="009E6C10" w:rsidP="00B02678">
+    <w:p w14:paraId="00B538C0" w14:textId="77777777" w:rsidR="009E6C10" w:rsidRPr="00AF7CA2" w:rsidRDefault="009E6C10" w:rsidP="0059244C">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002857A2">
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>amely tulajdonosával, tagjával, illetve részvényesével vagy amely vállalkozás általános vezetését ellátó szerv tagjával vagy egyszemélyi vezetőjével vagy a gazdasági társaság felügyelőbizottságának tagjával szemben a Büntető Törvénykönyvről szóló 2012. évi C. törvény 52-54. § szerinti foglakozástól eltiltás büntetést rendelt el a bíróság jogerős ítéletével;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="434ED7D2" w14:textId="77777777" w:rsidR="009E6C10" w:rsidRPr="002857A2" w:rsidRDefault="009E6C10" w:rsidP="00B02678">
+    <w:p w14:paraId="434ED7D2" w14:textId="77777777" w:rsidR="009E6C10" w:rsidRPr="00AF7CA2" w:rsidRDefault="009E6C10" w:rsidP="0059244C">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002857A2">
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>amely, illetve annak bármely tulajdonosa vagy vezető tisztségviselője szankciós listán szerepel;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42BA645D" w14:textId="77777777" w:rsidR="009E6C10" w:rsidRPr="002857A2" w:rsidRDefault="009E6C10" w:rsidP="00B02678">
+    <w:p w14:paraId="42BA645D" w14:textId="77777777" w:rsidR="009E6C10" w:rsidRPr="00AF7CA2" w:rsidRDefault="009E6C10" w:rsidP="0059244C">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002857A2">
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ha a támogatási rendszerből való kizárás hatálya alatt áll;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A292E7D" w14:textId="77777777" w:rsidR="009E6C10" w:rsidRPr="002857A2" w:rsidRDefault="009E6C10" w:rsidP="00B02678">
+    <w:p w14:paraId="2ACD0836" w14:textId="77777777" w:rsidR="00C218E0" w:rsidRPr="00AF7CA2" w:rsidRDefault="00C218E0" w:rsidP="0016124B">
+      <w:pPr>
+        <w:pStyle w:val="Listaszerbekezds"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>amely vállalkozás esetében három év alatt, a Szerződés 107. és 108. cikke alkalmazásában bizonyos támogatási kategóriáknak a belső piaccal összeegyeztethetővé nyilvánításáról szóló 651/2014/EU bizottsági rendelet (a továbbiakban: 651/2014/EU bizottsági rendelet) 28. cikke (2) bekezdésének c) pontja, illetve (4) bekezdése értelmében „innovációs tanácsadás és támogató szolgáltatások költségei” jogcímén nyújtott támogatás meghaladja a 220.000 eurót;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A292E7D" w14:textId="77777777" w:rsidR="009E6C10" w:rsidRPr="00AF7CA2" w:rsidRDefault="009E6C10" w:rsidP="0059244C">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002857A2">
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>amely az Európai Bizottság európai uniós versenyjogi értelemben vett állami támogatás visszafizetésére kötelező határozatának nem tett eleget;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78E95BF4" w14:textId="77777777" w:rsidR="009E6C10" w:rsidRPr="002857A2" w:rsidRDefault="009E6C10" w:rsidP="00B02678">
+    <w:p w14:paraId="78E95BF4" w14:textId="77777777" w:rsidR="009E6C10" w:rsidRPr="00AF7CA2" w:rsidRDefault="009E6C10" w:rsidP="0059244C">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002857A2">
-[...8 lines deleted...]
-    <w:p w14:paraId="2B79AB15" w14:textId="48489C5F" w:rsidR="009E6C10" w:rsidRPr="002857A2" w:rsidRDefault="009E6C10" w:rsidP="00B02678">
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">amely a 2014-2020, vagy a 2021-2027 közötti programozási időszakokban jogosulatlan forrásfelhasználásnak minősített szabálytalan forrásfelhasználás(oka)t valósított meg és az abból (azokból) eredő visszafizetési kötelezettségének nem, vagy nem </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>teljeskörűen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tett eleget;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5141B461" w14:textId="77777777" w:rsidR="00C218E0" w:rsidRPr="00AF7CA2" w:rsidRDefault="00C218E0" w:rsidP="003C6F3A">
+      <w:pPr>
+        <w:pStyle w:val="Listaszerbekezds"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">amely </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>működésével,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vagy a továbbadott támogatási megszerzésével összefüggésben az európai uniós jog megsértését idézi elő;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FAC9E6C" w14:textId="77777777" w:rsidR="00C218E0" w:rsidRPr="00AF7CA2" w:rsidRDefault="00C218E0" w:rsidP="003C6F3A">
+      <w:pPr>
+        <w:pStyle w:val="Listaszerbekezds"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">amelyben Támogató - irányító vagy felügyeleti szerve -, annak tagja, és/vagy Támogató nevében nyilatkozattételre, képviseletre jogosult személy, továbbá ezen személy hozzátartozója az alábbi jogok valamelyikét gyakorolja: tulajdonosi, fenntartói, vagyonkezelői, irányítási, képviseleti, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>munkáltatói,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vagy kinevezési; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C468E8B" w14:textId="77777777" w:rsidR="00C218E0" w:rsidRPr="00AF7CA2" w:rsidRDefault="00C218E0" w:rsidP="003C6F3A">
+      <w:pPr>
+        <w:pStyle w:val="Listaszerbekezds"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>amelynek - irányító vagy felügyeleti szerve -, annak tagja, és/vagy a szervezet nevében nyilatkozattételre, képviseletre jogosult személy, Támogató szervezetében az alábbi jogok valamelyikét gyakorolja: tulajdonosi, fenntartói, vagyonkezelői, irányítási, képviseleti, munkáltatói vagy kinevezési; vagy</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49D74755" w14:textId="77777777" w:rsidR="00C218E0" w:rsidRPr="00AF7CA2" w:rsidRDefault="00C218E0" w:rsidP="003C6F3A">
+      <w:pPr>
+        <w:pStyle w:val="Listaszerbekezds"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ha Támogató vonatkozásában partner vagy kapcsolt vállalkozásnak minősül, vagy</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62D863BD" w14:textId="77777777" w:rsidR="00C218E0" w:rsidRPr="00AF7CA2" w:rsidRDefault="00C218E0" w:rsidP="003C6F3A">
+      <w:pPr>
+        <w:pStyle w:val="Listaszerbekezds"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ha Támogató, ill. a támogatás bármely más egyéb okból kifolyólag a verseny tisztaságának sérelmét eredményezheti, azaz funkcióinak pártatlan és tárgyilagos gyakorlására bármely okból, így különösen gazdasági vagy más érdek vagy a jelen beszerzésben részt vevő más gazdasági szereplővel fennálló más közös érdek miatt nem képes;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22773E07" w14:textId="77777777" w:rsidR="00C218E0" w:rsidRPr="00AF7CA2" w:rsidRDefault="00C218E0" w:rsidP="003C6F3A">
+      <w:pPr>
+        <w:pStyle w:val="Listaszerbekezds"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>esetében az előbbiekben foglalt, vagy bármely egyéb, a</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53934964" w14:textId="77777777" w:rsidR="00C218E0" w:rsidRPr="00AF7CA2" w:rsidRDefault="00C218E0" w:rsidP="00C41259">
+      <w:pPr>
+        <w:pStyle w:val="Listaszerbekezds"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>a 2014-2020 programozási időszakban az egyes európai uniós alapokból származó támogatások felhasználásának rendjéről szóló 272/2014. (XI. 5.) Korm. rendelet VI. fejezetében,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="547359AB" w14:textId="77777777" w:rsidR="00C218E0" w:rsidRPr="00AF7CA2" w:rsidRDefault="00C218E0" w:rsidP="00C41259">
+      <w:pPr>
+        <w:pStyle w:val="Listaszerbekezds"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>a 2021-2027 programozási időszakban az egyes európai uniós alapokból származó támogatások felhasználásának rendjéről szóló 256/2021. (V. 18) Korm. rendelet 20. alcímében, vagy</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6843D4E1" w14:textId="77777777" w:rsidR="00C218E0" w:rsidRPr="00AF7CA2" w:rsidRDefault="00C218E0" w:rsidP="00C41259">
+      <w:pPr>
+        <w:pStyle w:val="Listaszerbekezds"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>a Magyarország Helyreállítási és Ellenállóképességi Terve végrehajtásának alapvető szabályairól és felelős intézményeiről szóló 373/2022. (IX. 30.) Korm. rendelet 15. alcímében,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D4A9AD3" w14:textId="77777777" w:rsidR="00C218E0" w:rsidRPr="00AF7CA2" w:rsidRDefault="00C218E0" w:rsidP="00C41259">
+      <w:pPr>
+        <w:pStyle w:val="Listaszerbekezds"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>az Unió általános költségvetésére alkalmazandó pénzügyi szabályokról, az 1296/2013/EU, az 1301/2013/EU, az 1303/2013/EU, az 1304/2013/EU, az 1309/2013/EU, az 1316/2013/EU, a 223/2014/EU és a 283/2014/EU rendelet és az 541/2014/EU határozat módosításáról, valamint a 966/2012/EU, Euratom rendelet hatályon kívül helyezéséről szóló, 2018. július 18-i (EU, Euratom) 2018/1046 európai parlamenti és tanácsi rendelet 61. cikkében,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02225764" w14:textId="77777777" w:rsidR="00C218E0" w:rsidRPr="00AF7CA2" w:rsidRDefault="00C218E0" w:rsidP="00C41259">
+      <w:pPr>
+        <w:pStyle w:val="Listaszerbekezds"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>az Iránymutatás az összeférhetetlenségek költségvetési rendelet szerinti elkerüléséről és kezeléséről szóló bizottsági közleményben (2021/C 121/01)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A7F366C" w14:textId="77777777" w:rsidR="00C218E0" w:rsidRPr="00AF7CA2" w:rsidRDefault="00C218E0" w:rsidP="00C41259">
+      <w:pPr>
+        <w:pStyle w:val="Listaszerbekezds"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>foglalt összeférhetetlenség áll fenn;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68E3E40B" w14:textId="77777777" w:rsidR="00C218E0" w:rsidRPr="00AF7CA2" w:rsidRDefault="00C218E0" w:rsidP="00C41259">
+      <w:pPr>
+        <w:pStyle w:val="Listaszerbekezds"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>vállalkozás esetében a támogatás exporttal kapcsolatos tevékenységhez, ha a támogatás az exportált mennyiségekhez, értékesítési hálózat kialakításához és működtetéséhez vagy az exporttevékenységgel összefüggésben felmerülő egyéb folyó kiadásokhoz közvetlenül kapcsolódik;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="616A6CF8" w14:textId="31291811" w:rsidR="00C218E0" w:rsidRPr="00AF7CA2" w:rsidRDefault="00C218E0" w:rsidP="00C41259">
+      <w:pPr>
+        <w:pStyle w:val="Listaszerbekezds"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>vállalkozás esetében a támogatás import áruk helyett hazai áru használatához kapcsolódik;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57FC9FB7" w14:textId="1ABB7689" w:rsidR="009E6C10" w:rsidRPr="00AF7CA2" w:rsidRDefault="009E6C10" w:rsidP="00C41259">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...46 lines deleted...]
-      <w:r w:rsidRPr="002857A2">
+      </w:pPr>
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>nehéz helyzetben lévő vállalkozás</w:t>
       </w:r>
-      <w:r w:rsidRPr="002857A2">
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rStyle w:val="Lbjegyzet-hivatkozs"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:footnoteReference w:id="8"/>
-[...6 lines deleted...]
-        </w:rPr>
+        <w:footnoteReference w:id="10"/>
+      </w:r>
+      <w:r w:rsidR="00B91C25" w:rsidRPr="00AF7CA2">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56C6894C" w14:textId="77777777" w:rsidR="001B381D" w:rsidRPr="002857A2" w:rsidRDefault="001B381D" w:rsidP="00B02678">
+    <w:p w14:paraId="56C6894C" w14:textId="77777777" w:rsidR="001B381D" w:rsidRPr="00AF7CA2" w:rsidRDefault="001B381D" w:rsidP="00B02678">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7BB27CE6" w14:textId="60A630FA" w:rsidR="001B381D" w:rsidRPr="002857A2" w:rsidRDefault="001B381D" w:rsidP="00B02678">
+    <w:p w14:paraId="7BB27CE6" w14:textId="60A630FA" w:rsidR="001B381D" w:rsidRPr="00AF7CA2" w:rsidRDefault="001B381D" w:rsidP="00B02678">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002857A2">
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>K</w:t>
       </w:r>
-      <w:r w:rsidR="003109F5" w:rsidRPr="002857A2">
+      <w:r w:rsidR="003109F5" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>ÉRELMEZEM</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C1750B9" w14:textId="77777777" w:rsidR="00705E54" w:rsidRPr="002857A2" w:rsidRDefault="00705E54" w:rsidP="00B02678">
+    <w:p w14:paraId="4C1750B9" w14:textId="77777777" w:rsidR="00705E54" w:rsidRPr="00AF7CA2" w:rsidRDefault="00705E54" w:rsidP="00B02678">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="35D9D488" w14:textId="1EF4DB04" w:rsidR="00705E54" w:rsidRPr="002857A2" w:rsidRDefault="00705E54" w:rsidP="00B02678">
+    <w:p w14:paraId="35D9D488" w14:textId="1EF4DB04" w:rsidR="00705E54" w:rsidRPr="00AF7CA2" w:rsidRDefault="00705E54" w:rsidP="00B02678">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002857A2">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
-      <w:r w:rsidRPr="002857A2">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="002857A2">
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Modern </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Vállalkozások</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Program 2.0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>projekt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>(a.sz.: DIMOP_Plusz-1.2.7-23-2023-00001)</w:t>
       </w:r>
-      <w:r w:rsidRPr="002857A2">
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002857A2">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>keretében</w:t>
       </w:r>
-      <w:r w:rsidRPr="002857A2">
-[...5 lines deleted...]
-      <w:r w:rsidR="00FC5EA5" w:rsidRPr="002857A2">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>annak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>hatályos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Címzetti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Felhívása </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>és</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Támogatási</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Útmutatója</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>szerinti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00FC5EA5" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
-      <w:r w:rsidRPr="002857A2">
-[...7 lines deleted...]
-      <w:r w:rsidR="00FC5EA5" w:rsidRPr="002857A2">
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ámogatott</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00FC5EA5" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidRPr="002857A2">
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>zolgáltatást</w:t>
       </w:r>
-      <w:r w:rsidRPr="002857A2">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002857A2">
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>(a szervezet digitális státuszát vizsgáló kérdőív kitöltését követő, testreszabott Digitális Fejlesztési Koncepció</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00270F64" w:rsidRPr="002857A2">
+        <w:t xml:space="preserve">(a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> elkészítése</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="002857A2">
+        <w:t>szervezet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>digitális</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>státuszát</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>vizsgáló</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>kérdőív</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>kitöltését</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>követő</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>testreszabott</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Digitális</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Fejlesztési</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Koncepció</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00270F64" w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00270F64" w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>elkészítése</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="002857A2">
-[...13 lines deleted...]
-      <w:r w:rsidR="00FC043E" w:rsidRPr="002857A2">
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ezzel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>együtt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>nem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>pénzügyi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC043E" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
-      <w:r w:rsidRPr="002857A2">
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>ámogatást</w:t>
       </w:r>
-      <w:r w:rsidR="00BA324E" w:rsidRPr="002857A2">
-[...5 lines deleted...]
-      <w:r w:rsidR="00BA324E" w:rsidRPr="002857A2">
+      <w:r w:rsidR="00BA324E" w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA324E" w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>egyúttal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA324E" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00815249" w:rsidRPr="002857A2">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00815249" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>megértettem</w:t>
       </w:r>
-      <w:r w:rsidR="00C03CB7" w:rsidRPr="002857A2">
-[...15 lines deleted...]
-      <w:r w:rsidR="00BA324E" w:rsidRPr="002857A2">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C03CB7" w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C03CB7" w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>elfogadom</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00815249" w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00815249" w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>és</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00815249" w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA324E" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>vállalom</w:t>
       </w:r>
-      <w:r w:rsidR="00BA324E" w:rsidRPr="002857A2">
-[...5 lines deleted...]
-      <w:r w:rsidR="002E0617" w:rsidRPr="002857A2">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA324E" w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a https://vallalkozzdigitalisan.mkik.hu/ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA324E" w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>oldalon</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA324E" w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA324E" w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>közzétett</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA324E" w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002E0617" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Címzetti</w:t>
       </w:r>
-      <w:r w:rsidR="002E0617" w:rsidRPr="002857A2">
+      <w:r w:rsidR="002E0617" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BA324E" w:rsidRPr="002857A2">
-[...54 lines deleted...]
-    <w:p w14:paraId="2A3F8804" w14:textId="77777777" w:rsidR="00705E54" w:rsidRPr="002857A2" w:rsidRDefault="00705E54" w:rsidP="000006A2">
+      <w:r w:rsidR="00BA324E" w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Felhívás </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA324E" w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>és</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA324E" w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002E0617" w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Támogatási</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002E0617" w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA324E" w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Útmutatóban</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA324E" w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA324E" w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA324E" w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>illetve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA324E" w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA324E" w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Támogatási</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA324E" w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA324E" w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Okiratban</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA324E" w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA324E" w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>foglalt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA324E" w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CB0AE0" w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>előírásokat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CB0AE0" w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA324E" w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>kötelezettségeket</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA324E" w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A3F8804" w14:textId="77777777" w:rsidR="00705E54" w:rsidRPr="00AF7CA2" w:rsidRDefault="00705E54" w:rsidP="000006A2">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="78C83E47" w14:textId="77777777" w:rsidR="003109F5" w:rsidRDefault="003109F5" w:rsidP="000006A2">
+    <w:p w14:paraId="78C83E47" w14:textId="77777777" w:rsidR="003109F5" w:rsidRPr="00AF7CA2" w:rsidRDefault="003109F5" w:rsidP="000006A2">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0D8EF1D5" w14:textId="77777777" w:rsidR="00381AE9" w:rsidRPr="002857A2" w:rsidRDefault="00381AE9" w:rsidP="000006A2">
+    <w:p w14:paraId="0D8EF1D5" w14:textId="77777777" w:rsidR="00381AE9" w:rsidRPr="00AF7CA2" w:rsidRDefault="00381AE9" w:rsidP="000006A2">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7F71E830" w14:textId="47A4FC9D" w:rsidR="003109F5" w:rsidRPr="002857A2" w:rsidRDefault="003109F5" w:rsidP="00B02678">
+    <w:p w14:paraId="7F71E830" w14:textId="47A4FC9D" w:rsidR="003109F5" w:rsidRPr="00AF7CA2" w:rsidRDefault="003109F5" w:rsidP="00B02678">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002857A2">
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>HOZZÁJÁRULOK</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A770D67" w14:textId="77777777" w:rsidR="003109F5" w:rsidRPr="002857A2" w:rsidRDefault="003109F5" w:rsidP="00B02678">
+    <w:p w14:paraId="0A770D67" w14:textId="77777777" w:rsidR="003109F5" w:rsidRPr="00AF7CA2" w:rsidRDefault="003109F5" w:rsidP="00B02678">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="45FC594B" w14:textId="1CCA0A4B" w:rsidR="00994CEF" w:rsidRDefault="00994CEF" w:rsidP="006C639F">
+    <w:p w14:paraId="45FC594B" w14:textId="7E467D8B" w:rsidR="00994CEF" w:rsidRPr="00AF7CA2" w:rsidRDefault="00994CEF" w:rsidP="006C639F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3880"/>
         </w:tabs>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002857A2">
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="002857A2">
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve">hogy a https://kkvdigital.dkf.hu/ oldalon a </w:t>
       </w:r>
-      <w:r w:rsidRPr="002857A2">
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>regisztráció</w:t>
       </w:r>
-      <w:r w:rsidRPr="002857A2">
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve">, valamint a </w:t>
       </w:r>
-      <w:r w:rsidRPr="002857A2">
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve">Digitális Intenzitási szintfelmérés során </w:t>
       </w:r>
-      <w:r w:rsidRPr="002857A2">
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve">megadatott </w:t>
       </w:r>
-      <w:r w:rsidR="00F820CB" w:rsidRPr="002857A2">
+      <w:r w:rsidR="00F820CB" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve">személyes és egyéb </w:t>
       </w:r>
-      <w:r w:rsidRPr="002857A2">
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve">adataimat, illetve a </w:t>
       </w:r>
-      <w:r w:rsidRPr="002857A2">
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve">Támogatott Szolgáltatásra irányuló jogviszony létesítése, </w:t>
       </w:r>
-      <w:r w:rsidRPr="002857A2">
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>illetve a</w:t>
       </w:r>
-      <w:r w:rsidRPr="002857A2">
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve"> Támogatott Szolgáltatás megvalósítás során keletkező </w:t>
       </w:r>
-      <w:r w:rsidR="00F820CB" w:rsidRPr="002857A2">
+      <w:r w:rsidR="00F820CB" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve">személyes és egyéb </w:t>
       </w:r>
-      <w:r w:rsidRPr="002857A2">
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>adataimat</w:t>
       </w:r>
-      <w:r w:rsidRPr="002857A2">
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve"> a Támogató (Magyar Kereskedelmi és Iparkamara), a Támogatott Szolgáltatást közbeszerzés keretében kiválasztott, közvetített szolgáltatásként megvalósító, </w:t>
       </w:r>
-      <w:r w:rsidRPr="002857A2">
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
-        <w:t xml:space="preserve">szerződött (külső) szállító és teljesítési segédei részére, </w:t>
-[...4 lines deleted...]
-          <w:bCs/>
+        <w:t>szerződött (külső) szállító és</w:t>
+      </w:r>
+      <w:r w:rsidR="00572F38" w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
+        <w:t xml:space="preserve"> bejelentett</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="hu-HU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> teljesítési segédei részére, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="hu-HU"/>
+        </w:rPr>
         <w:t xml:space="preserve">mint </w:t>
       </w:r>
-      <w:r w:rsidRPr="002857A2">
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>harmadik személyek részére átadja</w:t>
       </w:r>
-      <w:r w:rsidRPr="002857A2">
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve">, valamint </w:t>
       </w:r>
-      <w:r w:rsidR="00257B18" w:rsidRPr="002857A2">
+      <w:r w:rsidR="00257B18" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve">nevezett </w:t>
       </w:r>
-      <w:r w:rsidRPr="002857A2">
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>harmadik személyek azokat</w:t>
       </w:r>
-      <w:r w:rsidRPr="002857A2">
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve"> kizárólagosan a Támogatott Szolgáltatás megvalósításával összefüggésben </w:t>
       </w:r>
-      <w:r w:rsidR="00844CF9" w:rsidRPr="002857A2">
+      <w:r w:rsidR="00844CF9" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve">– megbízásuk azonosítása </w:t>
       </w:r>
-      <w:r w:rsidR="006266AC" w:rsidRPr="002857A2">
+      <w:r w:rsidR="006266AC" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>és a Felhívás és Útmutatóban részletezett adatkezelési normatívák megtartása mellett</w:t>
       </w:r>
-      <w:r w:rsidR="00844CF9" w:rsidRPr="002857A2">
+      <w:r w:rsidR="00844CF9" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F820CB" w:rsidRPr="002857A2">
+      <w:r w:rsidR="00F820CB" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidR="00844CF9" w:rsidRPr="002857A2">
+      <w:r w:rsidR="00844CF9" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00844CF9" w:rsidRPr="002857A2">
+      <w:r w:rsidR="00844CF9" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>megismerjék</w:t>
       </w:r>
-      <w:r w:rsidR="00F820CB" w:rsidRPr="002857A2">
+      <w:r w:rsidR="00F820CB" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve"> és kezeljék</w:t>
       </w:r>
-      <w:r w:rsidRPr="002857A2">
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="002857A2">
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15F6A29F" w14:textId="77777777" w:rsidR="00381AE9" w:rsidRPr="00381AE9" w:rsidRDefault="00381AE9" w:rsidP="000006A2">
-[...19 lines deleted...]
-    <w:p w14:paraId="30C09A08" w14:textId="77777777" w:rsidR="00381AE9" w:rsidRPr="002857A2" w:rsidRDefault="00381AE9" w:rsidP="000006A2">
+    <w:p w14:paraId="30C09A08" w14:textId="77777777" w:rsidR="00381AE9" w:rsidRPr="00AF7CA2" w:rsidRDefault="00381AE9" w:rsidP="000006A2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3880"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="03DED337" w14:textId="36DD272B" w:rsidR="0031372D" w:rsidRPr="00873205" w:rsidRDefault="000F5F5A" w:rsidP="00647316">
+    <w:p w14:paraId="03DED337" w14:textId="36DD272B" w:rsidR="0031372D" w:rsidRPr="00D06511" w:rsidRDefault="000F5F5A" w:rsidP="00647316">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3880"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002857A2">
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve">A </w:t>
       </w:r>
-      <w:r w:rsidRPr="002857A2">
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>Támogatott Szolgáltatás megvalósításával összefüggésben</w:t>
       </w:r>
-      <w:r w:rsidR="00711305" w:rsidRPr="002857A2">
+      <w:r w:rsidR="00711305" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00711305" w:rsidRPr="002857A2">
+      <w:r w:rsidR="00711305" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="002857A2">
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve">kizárólagosan a </w:t>
       </w:r>
-      <w:r w:rsidR="0031372D" w:rsidRPr="002857A2">
+      <w:r w:rsidR="0031372D" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve">Támogatott Szolgáltatás </w:t>
       </w:r>
-      <w:r w:rsidR="0031372D" w:rsidRPr="00873205">
+      <w:r w:rsidR="0031372D" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>szempontjából releváns üzemi/üzleti működést dokumentálására, mint célra irányultan</w:t>
       </w:r>
-      <w:r w:rsidR="00711305" w:rsidRPr="00873205">
+      <w:r w:rsidR="00711305" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="0031372D" w:rsidRPr="00873205">
+      <w:r w:rsidR="0031372D" w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="0031372D" w:rsidRPr="00873205">
-[...7 lines deleted...]
-      <w:r w:rsidR="009C4053">
+      <w:r w:rsidR="0031372D" w:rsidRPr="00AF7CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="hu-HU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">fotódokumentáció </w:t>
+      </w:r>
+      <w:r w:rsidR="0031372D" w:rsidRPr="00D06511">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="hu-HU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">készítéséhez </w:t>
+      </w:r>
+      <w:r w:rsidR="009C4053" w:rsidRPr="00D06511">
         <w:rPr>
           <w:rStyle w:val="Lbjegyzet-hivatkozs"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
-        <w:footnoteReference w:id="9"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="748FC723" w14:textId="36858463" w:rsidR="009C4053" w:rsidRDefault="009C4053" w:rsidP="009C4053">
+        <w:footnoteReference w:id="11"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="748FC723" w14:textId="1CDD8364" w:rsidR="009C4053" w:rsidRPr="00D06511" w:rsidRDefault="009C4053" w:rsidP="009C4053">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="714"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Hozzájárulok </w:t>
+      <w:r w:rsidRPr="00D06511">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Hozzájárulok</w:t>
+      </w:r>
+      <w:r w:rsidR="009D4934" w:rsidRPr="00D06511">
+        <w:rPr>
+          <w:rStyle w:val="Lbjegyzet-hivatkozs"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:footnoteReference w:id="12"/>
+      </w:r>
+      <w:r w:rsidRPr="00D06511">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="740910193"/>
           <w:placeholder>
             <w:docPart w:val="984AF127E9134ECA9E98F71964699BDB"/>
           </w:placeholder>
+          <w:showingPlcHdr/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r>
+          <w:r w:rsidR="00A76418" w:rsidRPr="00D06511">
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-              <w:szCs w:val="20"/>
+              <w:rStyle w:val="Helyrzszveg"/>
             </w:rPr>
-            <w:t>………………..</w:t>
+            <w:t>Szöveg beírásához kattintson vagy koppintson ide.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="4AD78618" w14:textId="7B3640BF" w:rsidR="009C4053" w:rsidRDefault="009C4053" w:rsidP="009C4053">
+    <w:p w14:paraId="4AD78618" w14:textId="55914548" w:rsidR="009C4053" w:rsidRPr="00D06511" w:rsidRDefault="009C4053" w:rsidP="009C4053">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="714"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Nem járulok hozzá  </w:t>
+      <w:r w:rsidRPr="00D06511">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Nem járulok hozzá</w:t>
+      </w:r>
+      <w:r w:rsidR="009D4934" w:rsidRPr="00D06511">
+        <w:rPr>
+          <w:rStyle w:val="Lbjegyzet-hivatkozs"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:footnoteReference w:id="13"/>
+      </w:r>
+      <w:r w:rsidRPr="00D06511">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-1625530197"/>
           <w:placeholder>
             <w:docPart w:val="E60DBB3D9F6F47D9AF2D560AE80BA844"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r>
+          <w:sdt>
+            <w:sdtPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:id w:val="-220213827"/>
+              <w:placeholder>
+                <w:docPart w:val="6EBF8064923B485D9A99D782A4292DAD"/>
+              </w:placeholder>
+              <w:showingPlcHdr/>
+            </w:sdtPr>
+            <w:sdtContent>
+              <w:r w:rsidR="00572F38" w:rsidRPr="00D06511">
+                <w:rPr>
+                  <w:rStyle w:val="Helyrzszveg"/>
+                </w:rPr>
+                <w:t>Szöveg beírásához kattintson vagy koppintson ide.</w:t>
+              </w:r>
+            </w:sdtContent>
+          </w:sdt>
+          <w:r w:rsidR="00572F38" w:rsidRPr="00D06511" w:rsidDel="00572F38">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>………………</w:t>
+            <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="5CB7E68E" w14:textId="77777777" w:rsidR="009C4053" w:rsidRDefault="009C4053" w:rsidP="0031372D">
+    <w:p w14:paraId="5CB7E68E" w14:textId="77777777" w:rsidR="009C4053" w:rsidRPr="00D06511" w:rsidRDefault="009C4053" w:rsidP="0031372D">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="714"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0DE55902" w14:textId="77777777" w:rsidR="000006A2" w:rsidRDefault="000006A2" w:rsidP="00A61C52">
+    <w:p w14:paraId="0DE55902" w14:textId="77777777" w:rsidR="000006A2" w:rsidRPr="00D06511" w:rsidRDefault="000006A2" w:rsidP="00A61C52">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3156"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="02EE1707" w14:textId="77777777" w:rsidR="000006A2" w:rsidRDefault="000006A2" w:rsidP="00A61C52">
+    <w:p w14:paraId="02EE1707" w14:textId="77777777" w:rsidR="000006A2" w:rsidRPr="00D06511" w:rsidRDefault="000006A2" w:rsidP="00A61C52">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3156"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3654E20B" w14:textId="77777777" w:rsidR="000006A2" w:rsidRDefault="000006A2" w:rsidP="00A61C52">
+    <w:p w14:paraId="3654E20B" w14:textId="77777777" w:rsidR="000006A2" w:rsidRPr="00D06511" w:rsidRDefault="000006A2" w:rsidP="00A61C52">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3156"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3CBF51C9" w14:textId="02F61A20" w:rsidR="00BA324E" w:rsidRPr="00873205" w:rsidRDefault="00A61C52" w:rsidP="00A61C52">
+    <w:p w14:paraId="3CBF51C9" w14:textId="02F61A20" w:rsidR="00BA324E" w:rsidRPr="00D06511" w:rsidRDefault="00A61C52" w:rsidP="00A61C52">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3156"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00873205">
+      <w:r w:rsidRPr="00D06511">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5637D494" w14:textId="38931C5F" w:rsidR="00FC719A" w:rsidRPr="002857A2" w:rsidRDefault="00FC719A" w:rsidP="00B02678">
+    <w:p w14:paraId="5637D494" w14:textId="3635A94B" w:rsidR="00FC719A" w:rsidRPr="00AF7CA2" w:rsidRDefault="00FC719A" w:rsidP="00B02678">
       <w:pPr>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002857A2">
+      <w:r w:rsidRPr="00D06511">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>Kelt.</w:t>
       </w:r>
-      <w:r w:rsidRPr="002857A2">
+      <w:r w:rsidRPr="00D06511">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:lang w:val="hu-HU"/>
           </w:rPr>
           <w:alias w:val="településnév, év, hónap, nap"/>
           <w:tag w:val="településnév, év, hónap, nap"/>
           <w:id w:val="-1835909480"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
+          <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00B87BFB" w:rsidRPr="00B87BFB">
+          <w:r w:rsidR="00BD667A" w:rsidRPr="00D06511">
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rStyle w:val="Helyrzszveg"/>
               <w:lang w:val="hu-HU"/>
             </w:rPr>
-            <w:t>…………………………</w:t>
+            <w:t>Szöveg beírásához kattintson vagy koppintson ide.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="36060F8D" w14:textId="77777777" w:rsidR="002237C5" w:rsidRPr="002857A2" w:rsidRDefault="002237C5" w:rsidP="00B02678">
+    <w:p w14:paraId="36060F8D" w14:textId="77777777" w:rsidR="002237C5" w:rsidRPr="00AF7CA2" w:rsidRDefault="002237C5" w:rsidP="00B02678">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="3402"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="62E76311" w14:textId="3353EF0A" w:rsidR="00FC719A" w:rsidRPr="002857A2" w:rsidRDefault="00FC719A" w:rsidP="00B02678">
+    <w:p w14:paraId="62E76311" w14:textId="3353EF0A" w:rsidR="00FC719A" w:rsidRPr="00AF7CA2" w:rsidRDefault="00FC719A" w:rsidP="00B02678">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="3402"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002857A2">
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="48BE238C" w14:textId="7C29A089" w:rsidR="003109F5" w:rsidRPr="002857A2" w:rsidRDefault="00FC719A" w:rsidP="0031372D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3880"/>
         </w:tabs>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002857A2">
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t>cégszerű aláírás</w:t>
       </w:r>
-      <w:r w:rsidRPr="002857A2">
+      <w:r w:rsidRPr="00AF7CA2">
         <w:rPr>
           <w:rStyle w:val="Lbjegyzet-hivatkozs"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
-        <w:footnoteReference w:id="10"/>
+        <w:footnoteReference w:id="14"/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="003109F5" w:rsidRPr="002857A2" w:rsidSect="00E30CBD">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:headerReference w:type="first" r:id="rId13"/>
       <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="0" w:footer="293" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0381A14E" w14:textId="77777777" w:rsidR="00016744" w:rsidRDefault="00016744">
+    <w:p w14:paraId="411D105F" w14:textId="77777777" w:rsidR="00A878FB" w:rsidRDefault="00A878FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="25BA5919" w14:textId="77777777" w:rsidR="00016744" w:rsidRDefault="00016744">
+    <w:p w14:paraId="7D979F35" w14:textId="77777777" w:rsidR="00A878FB" w:rsidRDefault="00A878FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7E372626" w14:textId="77777777" w:rsidR="00016744" w:rsidRDefault="00016744">
+    <w:p w14:paraId="3CF426F9" w14:textId="77777777" w:rsidR="00A878FB" w:rsidRDefault="00A878FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica Neue">
-    <w:altName w:val="Sylfaen"/>
+    <w:altName w:val="Arial"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
-    <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="CIDFont+F2">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="EE"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000005" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000002" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:id w:val="434797072"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w14:paraId="142B9888" w14:textId="35655EDF" w:rsidR="00A61C52" w:rsidRPr="00A61C52" w:rsidRDefault="00A61C52">
+      <w:p w14:paraId="142B9888" w14:textId="35655EDF" w:rsidR="00A61C52" w:rsidRPr="00D05F57" w:rsidRDefault="00A61C52">
         <w:pPr>
           <w:pStyle w:val="llb"/>
           <w:jc w:val="right"/>
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
         </w:pPr>
-        <w:r w:rsidRPr="00A61C52">
+        <w:r w:rsidRPr="00701AA8">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00A61C52">
+        <w:r w:rsidRPr="00701AA8">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidRPr="00A61C52">
+        <w:r w:rsidRPr="00701AA8">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="00A61C52">
+        <w:r w:rsidRPr="00D05F57">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidRPr="00A61C52">
+        <w:r w:rsidRPr="00701AA8">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="7E757615" w14:textId="77777777" w:rsidR="00984B80" w:rsidRPr="00A61C52" w:rsidRDefault="00984B80">
     <w:pPr>
       <w:pStyle w:val="llb"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="right" w:pos="9044"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="78E5903C" w14:textId="62C27CED" w:rsidR="00CA5E8D" w:rsidRDefault="007D3118" w:rsidP="00CA5E8D">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="9070"/>
       </w:tabs>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658245" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5A3F886E" wp14:editId="1EBBC955">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5A3F886E" wp14:editId="1EBBC955">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:align>right</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-276225</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1097280" cy="511101"/>
           <wp:effectExtent l="0" t="0" r="0" b="3810"/>
           <wp:wrapNone/>
           <wp:docPr id="3" name="Picture 3" descr="A képen képernyőkép, fekete, Betűtípus, Grafika látható&#10;&#10;Előfordulhat, hogy a mesterséges intelligencia által létrehozott tartalom helytelen."/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="3" name="Picture 3" descr="A képen képernyőkép, fekete, Betűtípus, Grafika látható&#10;&#10;Előfordulhat, hogy a mesterséges intelligencia által létrehozott tartalom helytelen."/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill rotWithShape="1">
                   <a:blip r:embed="rId1" cstate="print">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -4671,51 +6019,51 @@
                     <a:noFill/>
                   </a:ln>
                   <a:extLst>
                     <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                       <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                     </a:ext>
                   </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00CA5E8D">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5D430ED5" wp14:editId="044CB3E3">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5D430ED5" wp14:editId="592DBABC">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:posOffset>3115945</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="bottomMargin">
             <wp:posOffset>200025</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="848995" cy="262890"/>
           <wp:effectExtent l="0" t="0" r="8255" b="3810"/>
           <wp:wrapSquare wrapText="bothSides"/>
           <wp:docPr id="2130980466" name="Kép 1" descr="A képen Betűtípus, Grafika, Grafikus tervezés, képernyőkép látható&#10;&#10;Előfordulhat, hogy a mesterséges intelligencia által létrehozott tartalom helytelen."/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="2130980466" name="Kép 1" descr="A képen Betűtípus, Grafika, Grafikus tervezés, képernyőkép látható&#10;&#10;Előfordulhat, hogy a mesterséges intelligencia által létrehozott tartalom helytelen."/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId2">
@@ -4732,51 +6080,51 @@
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="848995" cy="262890"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00CA5E8D">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="518F0B98" wp14:editId="7D70F1D5">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="518F0B98" wp14:editId="7D70F1D5">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:posOffset>1433195</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-48169</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="885825" cy="172720"/>
           <wp:effectExtent l="0" t="0" r="9525" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="284974050" name="Kép 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="284974050" name="Kép 1"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId3">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -4792,51 +6140,51 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="885825" cy="172720"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00CA5E8D">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1C0A1D77" wp14:editId="70FA7847">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1C0A1D77" wp14:editId="70FA7847">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:posOffset>0</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-69124</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="609600" cy="220670"/>
           <wp:effectExtent l="0" t="0" r="0" b="8255"/>
           <wp:wrapNone/>
           <wp:docPr id="458210086" name="Kép 2"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="458210086" name="Kép 2"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId4">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -4859,538 +6207,931 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="344D8A8E" w14:textId="44F4CB50" w:rsidR="00E30CBD" w:rsidRDefault="00E30CBD">
     <w:pPr>
       <w:pStyle w:val="llb"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="15B380E5" w14:textId="77777777" w:rsidR="00016744" w:rsidRDefault="00016744">
+    <w:p w14:paraId="07ACE939" w14:textId="77777777" w:rsidR="00A878FB" w:rsidRDefault="00A878FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="048A6E13" w14:textId="77777777" w:rsidR="00016744" w:rsidRDefault="00016744">
+    <w:p w14:paraId="21C3F159" w14:textId="77777777" w:rsidR="00A878FB" w:rsidRDefault="00A878FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="13A65DF7" w14:textId="77777777" w:rsidR="00016744" w:rsidRDefault="00016744">
+    <w:p w14:paraId="4E1DB974" w14:textId="77777777" w:rsidR="00A878FB" w:rsidRDefault="00A878FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w14:paraId="69B18360" w14:textId="77777777" w:rsidR="00E37DCE" w:rsidRPr="00CD48C7" w:rsidRDefault="00E37DCE" w:rsidP="00E37DCE">
+    <w:p w14:paraId="3A61C4CE" w14:textId="5E6A2698" w:rsidR="00977B74" w:rsidRPr="001754D1" w:rsidRDefault="00977B74" w:rsidP="000C0D17">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CD48C7">
+      <w:r w:rsidRPr="001754D1">
         <w:rPr>
           <w:rStyle w:val="Lbjegyzet-hivatkozs"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00CD48C7">
+      <w:r w:rsidRPr="001754D1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> A vállalkozás adatait minden esetben az Igazságügyi Minisztérium által működtetett, a céginformációs és az elektronikus cégeljárásban közreműködő szolgálattól ingyenesen, elektronikusan kérhető cégjegyzék adatok (</w:t>
+        <w:t xml:space="preserve"> A vállalkozás</w:t>
+      </w:r>
+      <w:r w:rsidR="00652823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="hu-HU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> és</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD17F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="hu-HU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00943FB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="hu-HU"/>
+        </w:rPr>
+        <w:t>képviselőjén</w:t>
+      </w:r>
+      <w:r w:rsidR="00417E02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="hu-HU"/>
+        </w:rPr>
+        <w:t>ek</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001754D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="hu-HU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> adatait minden esetben az Igazságügyi Minisztérium által működtetett, a céginformációs és az elektronikus cégeljárásban közreműködő szolgálattól ingyenesen, elektronikusan kérhető cégjegyzék adatok (</w:t>
       </w:r>
       <w:hyperlink r:id="rId1" w:history="1">
-        <w:r w:rsidRPr="00CD48C7">
+        <w:r w:rsidRPr="001754D1">
           <w:rPr>
             <w:rStyle w:val="Hiperhivatkozs"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:i/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w:lang w:val="hu-HU"/>
           </w:rPr>
           <w:t>http://www.e-cegjegyzek.hu/index.html</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00CD48C7">
+      <w:r w:rsidRPr="001754D1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve">), vagy egyéb, releváns közhiteles adatbázis alapján, azzal egyezően szükséges feltölteni! </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w14:paraId="12B5F1DC" w14:textId="77777777" w:rsidR="003109F5" w:rsidRPr="00CD48C7" w:rsidRDefault="003109F5" w:rsidP="003109F5">
+    <w:p w14:paraId="764B6133" w14:textId="1CA6DD56" w:rsidR="00977B74" w:rsidRPr="00C14743" w:rsidRDefault="00977B74" w:rsidP="000C0D17">
       <w:pPr>
         <w:pStyle w:val="Lbjegyzetszveg"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CD48C7">
+      <w:r w:rsidRPr="00C14743">
         <w:rPr>
           <w:rStyle w:val="Lbjegyzet-hivatkozs"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00CD48C7">
+      <w:r w:rsidRPr="00C14743">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> a támogatási jogviszony létesítése, valamint a Támogatott Szolgáltatás igénybevétele során figyelembe venni szükséges DI szintfelmérés és igazolás azonosítószáma </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C14743">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:t>Támogatáskérelmező vállalkozás rövid neve</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
-    <w:p w14:paraId="690C2DD5" w14:textId="77777777" w:rsidR="003109F5" w:rsidRPr="00CD48C7" w:rsidRDefault="003109F5" w:rsidP="003109F5">
+    <w:p w14:paraId="12B5F1DC" w14:textId="77777777" w:rsidR="003109F5" w:rsidRPr="001754D1" w:rsidRDefault="003109F5" w:rsidP="000C0D17">
       <w:pPr>
         <w:pStyle w:val="Lbjegyzetszveg"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CD48C7">
+      <w:r w:rsidRPr="001754D1">
         <w:rPr>
           <w:rStyle w:val="Lbjegyzet-hivatkozs"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00CD48C7">
+      <w:r w:rsidRPr="001754D1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> a támogatási jogviszony létesítése, valamint a Támogatott Szolgáltatás igénybevétele során figyelembe venni szükséges, közösségi mutató alapján meghatározott DI szintfelmérés és igazolás azonosítószáma </w:t>
+        <w:t xml:space="preserve"> a támogatási jogviszony létesítése, valamint a Támogatott Szolgáltatás igénybevétele során figyelembe venni szükséges DI szintfelmérés és igazolás azonosítószáma </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
-    <w:p w14:paraId="2B0919F3" w14:textId="7CCE6A76" w:rsidR="00613A1B" w:rsidRPr="00CD48C7" w:rsidRDefault="00613A1B" w:rsidP="00613A1B">
+    <w:p w14:paraId="690C2DD5" w14:textId="77777777" w:rsidR="003109F5" w:rsidRPr="001754D1" w:rsidRDefault="003109F5" w:rsidP="000C0D17">
       <w:pPr>
         <w:pStyle w:val="Lbjegyzetszveg"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CD48C7">
+      <w:r w:rsidRPr="001754D1">
         <w:rPr>
           <w:rStyle w:val="Lbjegyzet-hivatkozs"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00CD48C7">
+      <w:r w:rsidRPr="001754D1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="004912C1">
+        <w:t xml:space="preserve"> a támogatási jogviszony létesítése, valamint a Támogatott Szolgáltatás igénybevétele során figyelembe venni szükséges, közösségi mutató alapján meghatározott DI szintfelmérés és igazolás azonosítószáma </w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="6">
+    <w:p w14:paraId="419F6899" w14:textId="4A367398" w:rsidR="00977B74" w:rsidRPr="001754D1" w:rsidRDefault="00977B74" w:rsidP="000C0D17">
+      <w:pPr>
+        <w:pStyle w:val="Lbjegyzetszveg"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>igen/nem</w:t>
-[...7 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001754D1">
+        <w:rPr>
+          <w:rStyle w:val="Lbjegyzet-hivatkozs"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rStyle w:val="Lbjegyzet-hivatkozs"/>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="001754D1">
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:footnoteRef/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00CD48C7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002D0920">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> a felsorolás a támogatások száma szerint bővítendő. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D929D3" w:rsidRPr="00CD48C7">
+        <w:t>igaz/hamis</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="7">
+    <w:p w14:paraId="4501536F" w14:textId="46073375" w:rsidR="00977B74" w:rsidRPr="001754D1" w:rsidRDefault="00977B74" w:rsidP="000C0D17">
+      <w:pPr>
+        <w:pStyle w:val="Lbjegyzetszveg"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>K</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001754D1">
+        <w:rPr>
+          <w:rStyle w:val="Lbjegyzet-hivatkozs"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>érjük, hogy a folyamatban lévő támogatási kérelmekről is adjon információt</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F72715" w:rsidRPr="00CD48C7">
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="001754D1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>! A</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00CD48C7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008249B1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>z elutasított kérelmekről nem kell nyilatkozni.</w:t>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>ig</w:t>
+      </w:r>
+      <w:r w:rsidR="002D0920">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rStyle w:val="Lbjegyzet-hivatkozs"/>
+        <w:t>az/hamis</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="8">
+    <w:p w14:paraId="0AB9004D" w14:textId="7DFC5A1F" w:rsidR="00C02D85" w:rsidRPr="001754D1" w:rsidRDefault="00C02D85" w:rsidP="000C0D17">
+      <w:pPr>
+        <w:pStyle w:val="Lbjegyzetszveg"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:footnoteRef/>
-[...2 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001754D1">
+        <w:rPr>
+          <w:rStyle w:val="Lbjegyzet-hivatkozs"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> amennyiben a </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00ED3FBD" w:rsidRPr="00CD48C7">
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="001754D1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>N</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00CD48C7">
+        <w:t xml:space="preserve"> a felsorolás a támogatások száma szerint bővítendő. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D929D3" w:rsidRPr="001754D1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve">yilatkozatot nem az írásbeli képviseletre jogosult személy írja alá, akkor az aláírást gyakorló természetes személynek, a </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00ED3FBD" w:rsidRPr="00CD48C7">
+        <w:t>K</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001754D1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>N</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00CD48C7">
+        <w:t>érjük, hogy a folyamatban lévő támogatási kérelmekről is adjon információt</w:t>
+      </w:r>
+      <w:r w:rsidR="00F72715" w:rsidRPr="001754D1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>yilatkozat aláírására vonatkozó, a meghatalmazott aláírási címpéldányát, vagy aláírásmintáját is tartalmazó, a képviseletre jogosult általi, cégszerű aláírással ellátott meghatalmazást is szükséges csatolni</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006446E7" w:rsidRPr="00CD48C7">
+        <w:t>! A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001754D1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>a!</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00CD48C7">
+        <w:t>z elutasított kérelmekről nem kell nyilatkozni.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="9">
+    <w:p w14:paraId="798F8868" w14:textId="6ADBC8F6" w:rsidR="004342B2" w:rsidRPr="001F6794" w:rsidRDefault="004342B2" w:rsidP="000C0D17">
+      <w:pPr>
+        <w:pStyle w:val="Lbjegyzetszveg"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...7 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001754D1">
+        <w:rPr>
+          <w:rStyle w:val="Lbjegyzet-hivatkozs"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rStyle w:val="Lbjegyzet-hivatkozs"/>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="001754D1">
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:footnoteRef/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00CD48C7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00751961">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Az európai uniós versenyjogi értelemben vett állami támogatásokkal kapcsolatos eljárásról és a regionális támogatási térképről szóló 37/2011. (III. 22.) Korm. rendelet 6. §-a értelmében</w:t>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="009C4053">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00751961" w:rsidRPr="00751961">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:footnoteRef/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009C4053">
+        <w:t xml:space="preserve">mennyiben </w:t>
+      </w:r>
+      <w:r w:rsidR="00751961">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Igen/nem</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00FA4F1D">
+        <w:t>a Nyilatkozatot</w:t>
+      </w:r>
+      <w:r w:rsidR="00751961" w:rsidRPr="00751961">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C8643C">
+        <w:t xml:space="preserve"> nem az írásbeli képviseletre jogosult személy írja alá, akkor az </w:t>
+      </w:r>
+      <w:r w:rsidR="00751961">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>Ez a</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00FD6EC7">
+        <w:t>aláíró</w:t>
+      </w:r>
+      <w:r w:rsidR="00751961" w:rsidRPr="00751961">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>z opcionális</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C8643C">
+        <w:t xml:space="preserve"> személy(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00751961" w:rsidRPr="00751961">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> hozzájárulás csak a fotód</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00FD6EC7">
+        <w:t>ek</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00751961" w:rsidRPr="00751961">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>okumentáció készítésre vonatkozik.</w:t>
+        <w:t>)</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00751961" w:rsidRPr="00751961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>nek</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00751961" w:rsidRPr="00751961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00751961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>a Nyilatkozat</w:t>
+      </w:r>
+      <w:r w:rsidR="00751961" w:rsidRPr="00751961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> aláírására vonatkozó, a meghatalmaz</w:t>
+      </w:r>
+      <w:r w:rsidR="00751961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>ó</w:t>
+      </w:r>
+      <w:r w:rsidR="00751961" w:rsidRPr="00751961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> aláírás</w:t>
+      </w:r>
+      <w:r w:rsidR="00751961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>i címpéldányát, vagy aláírás</w:t>
+      </w:r>
+      <w:r w:rsidR="00751961" w:rsidRPr="00751961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mintáját is tartalmazó, a képviseletre jogosult általi, cégszerű aláírással ellátott meghatalmazását is szükséges csatolni, amely meghatalmazást kettő tanú előtt szükséges megtenni.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="10">
-    <w:p w14:paraId="15EB61D2" w14:textId="77777777" w:rsidR="00FC719A" w:rsidRPr="00C02D85" w:rsidRDefault="00FC719A" w:rsidP="00FC719A">
+    <w:p w14:paraId="59938E52" w14:textId="77777777" w:rsidR="009E6C10" w:rsidRPr="001754D1" w:rsidRDefault="009E6C10" w:rsidP="009E6C10">
       <w:pPr>
         <w:pStyle w:val="Lbjegyzetszveg"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CD48C7">
+      <w:r w:rsidRPr="001754D1">
+        <w:rPr>
+          <w:rStyle w:val="Lbjegyzet-hivatkozs"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="001754D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Az európai uniós versenyjogi értelemben vett állami támogatásokkal kapcsolatos eljárásról és a regionális támogatási térképről szóló 37/2011. (III. 22.) Korm. rendelet 6. §-a értelmében</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="11">
+    <w:p w14:paraId="5D347975" w14:textId="2D6DB69C" w:rsidR="009C4053" w:rsidRPr="00D05F57" w:rsidRDefault="009C4053" w:rsidP="000C0D17">
+      <w:pPr>
+        <w:pStyle w:val="Lbjegyzetszveg"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001754D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="001754D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C8643C" w:rsidRPr="001754D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Ez a</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD6EC7" w:rsidRPr="001754D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>z opcionális</w:t>
+      </w:r>
+      <w:r w:rsidR="00C8643C" w:rsidRPr="001754D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hozzájárulás csak a fotód</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD6EC7" w:rsidRPr="001754D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>okumentáció készítésre vonatkozik.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="12">
+    <w:p w14:paraId="79064E5E" w14:textId="74095989" w:rsidR="009D4934" w:rsidRPr="000837B6" w:rsidRDefault="009D4934" w:rsidP="000C0D17">
+      <w:pPr>
+        <w:pStyle w:val="Lbjegyzetszveg"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001754D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="001754D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Igaz/hamis.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="13">
+    <w:p w14:paraId="0848AB0F" w14:textId="77777777" w:rsidR="009D4934" w:rsidRPr="000837B6" w:rsidRDefault="009D4934" w:rsidP="000C0D17">
+      <w:pPr>
+        <w:pStyle w:val="Lbjegyzetszveg"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001754D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="001754D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Igaz/hamis.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="14">
+    <w:p w14:paraId="15EB61D2" w14:textId="246C0952" w:rsidR="00FC719A" w:rsidRPr="00D05F57" w:rsidRDefault="00FC719A" w:rsidP="000C0D17">
+      <w:pPr>
+        <w:pStyle w:val="Lbjegyzetszveg"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001754D1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00CD48C7">
+      <w:r w:rsidRPr="001754D1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CD48C7">
+      <w:r w:rsidRPr="001754D1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Aláírási címpéldány vagy ügyvéd által ellenjegyzett aláírás mintának megfelelő cégszerű aláírás.</w:t>
+      </w:r>
+      <w:r w:rsidR="001F6794">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001F6794" w:rsidRPr="001F6794">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Azon Gazdasági Szereplők esetén, akik nem tartoznak a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001F6794" w:rsidRPr="001F6794">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Ctv</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001F6794" w:rsidRPr="001F6794">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. hatálya alá, cégszerű aláírással egyenértékűnek tekintendő a Gazdasági Szereplő képviseletére jogosult személy olyan aláírása, amely megfelel az aláírás külalakjának igazolására csatolt dokumentumnak (teljes bizonyító </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001F6794" w:rsidRPr="001F6794">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>erejű</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001F6794" w:rsidRPr="001F6794">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> magánokirat, amelyből megállapítható az aláírásra jogosult aláírás mintája)</w:t>
+      </w:r>
+      <w:r w:rsidR="008A1902">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0B792F49" w14:textId="1AA22674" w:rsidR="00984B80" w:rsidRDefault="00A87057">
     <w:pPr>
       <w:pStyle w:val="lfej"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="right" w:pos="9044"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="152400" distB="152400" distL="152400" distR="152400" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="100D8AD0" wp14:editId="72930A40">
               <wp:simplePos x="0" y="0"/>
@@ -5470,51 +7211,51 @@
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5715A676" w14:textId="7A27D6D7" w:rsidR="00E30CBD" w:rsidRDefault="00E30CBD">
     <w:pPr>
       <w:pStyle w:val="lfej"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="656A024B" wp14:editId="300C5AD9">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658245" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="656A024B" wp14:editId="300C5AD9">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:align>left</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-9525</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="4470498" cy="1311275"/>
           <wp:effectExtent l="0" t="0" r="6350" b="3175"/>
           <wp:wrapNone/>
           <wp:docPr id="632725039" name="Picture 12" descr="A képen szöveg, képernyőkép, Betűtípus, embléma látható&#10;&#10;Automatikusan generált leírás">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000003000000}"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="632725039" name="Picture 12" descr="A képen szöveg, képernyőkép, Betűtípus, embléma látható&#10;&#10;Automatikusan generált leírás">
                     <a:extLst>
                       <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
@@ -5899,353 +7640,545 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1781256">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="100074744">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="439838889">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
-  <w:proofState w:spelling="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="O7LQ5SgN5717utoi/wgk9QY8Tyw8qwRGcTK5NZ6FFJqVeB4ztM2Bs55o0uvQ7rabS6O74dLNO5S2TH1x8oGfdg==" w:salt="HaBDet/5Aw7KX/IzuBeB7g=="/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="Mz4Qp/RG0t35kMRg3wN/jUAIzyKOG/uQ5uvqBt/sv4Xk/C2aLm0uHvKYT7VknvI/14lebvXcr+BMFEHNYv1PxA==" w:salt="3AipJsxMZPzrW4wtLn6YPw=="/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00984B80"/>
     <w:rsid w:val="000006A2"/>
+    <w:rsid w:val="00010803"/>
+    <w:rsid w:val="00013DA3"/>
     <w:rsid w:val="00016744"/>
+    <w:rsid w:val="00021916"/>
+    <w:rsid w:val="00025647"/>
     <w:rsid w:val="00051C4D"/>
+    <w:rsid w:val="00053FD6"/>
+    <w:rsid w:val="000610DB"/>
+    <w:rsid w:val="000621F2"/>
     <w:rsid w:val="000624F6"/>
+    <w:rsid w:val="000656B0"/>
     <w:rsid w:val="0009251D"/>
+    <w:rsid w:val="00092D4D"/>
+    <w:rsid w:val="00097BCE"/>
     <w:rsid w:val="000A6414"/>
+    <w:rsid w:val="000C0D17"/>
+    <w:rsid w:val="000C4F23"/>
     <w:rsid w:val="000C6ABD"/>
+    <w:rsid w:val="000D499B"/>
     <w:rsid w:val="000F2A7B"/>
     <w:rsid w:val="000F5F5A"/>
+    <w:rsid w:val="00100DB8"/>
     <w:rsid w:val="001016AB"/>
     <w:rsid w:val="00112906"/>
+    <w:rsid w:val="0012380A"/>
+    <w:rsid w:val="001357F0"/>
+    <w:rsid w:val="001475E6"/>
     <w:rsid w:val="00151BCF"/>
+    <w:rsid w:val="00152068"/>
+    <w:rsid w:val="0016124B"/>
     <w:rsid w:val="0016159A"/>
     <w:rsid w:val="00163779"/>
     <w:rsid w:val="001708A8"/>
+    <w:rsid w:val="00173E55"/>
+    <w:rsid w:val="001754D1"/>
     <w:rsid w:val="00185AD3"/>
+    <w:rsid w:val="00185C62"/>
+    <w:rsid w:val="00196013"/>
     <w:rsid w:val="001A2694"/>
+    <w:rsid w:val="001B0AEC"/>
     <w:rsid w:val="001B381D"/>
     <w:rsid w:val="001B5FDF"/>
+    <w:rsid w:val="001C0973"/>
     <w:rsid w:val="001D14C9"/>
     <w:rsid w:val="001D4608"/>
-    <w:rsid w:val="001F777F"/>
+    <w:rsid w:val="001F6794"/>
+    <w:rsid w:val="001F7DE3"/>
     <w:rsid w:val="00202E05"/>
+    <w:rsid w:val="00204FFA"/>
     <w:rsid w:val="0021771D"/>
     <w:rsid w:val="002237C5"/>
+    <w:rsid w:val="00224244"/>
     <w:rsid w:val="00225A10"/>
+    <w:rsid w:val="002318EC"/>
     <w:rsid w:val="00232FE9"/>
+    <w:rsid w:val="00242724"/>
+    <w:rsid w:val="002521D8"/>
     <w:rsid w:val="00257B18"/>
     <w:rsid w:val="002667ED"/>
     <w:rsid w:val="00270F64"/>
     <w:rsid w:val="00275CE7"/>
+    <w:rsid w:val="0028572A"/>
     <w:rsid w:val="002857A2"/>
     <w:rsid w:val="0028711D"/>
     <w:rsid w:val="00293B6F"/>
+    <w:rsid w:val="002A0878"/>
     <w:rsid w:val="002A1785"/>
+    <w:rsid w:val="002C079A"/>
     <w:rsid w:val="002C3717"/>
+    <w:rsid w:val="002C55E7"/>
     <w:rsid w:val="002C7E34"/>
+    <w:rsid w:val="002D0920"/>
+    <w:rsid w:val="002D61C6"/>
     <w:rsid w:val="002E0617"/>
     <w:rsid w:val="002E1900"/>
+    <w:rsid w:val="002F0038"/>
+    <w:rsid w:val="00306111"/>
+    <w:rsid w:val="003106ED"/>
     <w:rsid w:val="003109F5"/>
     <w:rsid w:val="0031372D"/>
+    <w:rsid w:val="003248C5"/>
     <w:rsid w:val="003262F0"/>
     <w:rsid w:val="00333C27"/>
     <w:rsid w:val="0033511E"/>
+    <w:rsid w:val="00336036"/>
+    <w:rsid w:val="00342A71"/>
+    <w:rsid w:val="00355B67"/>
     <w:rsid w:val="00363026"/>
     <w:rsid w:val="0036495D"/>
+    <w:rsid w:val="00365C4F"/>
+    <w:rsid w:val="003770CC"/>
     <w:rsid w:val="00381AE9"/>
     <w:rsid w:val="00381E6A"/>
+    <w:rsid w:val="003835D6"/>
     <w:rsid w:val="0038600D"/>
+    <w:rsid w:val="00386A7C"/>
+    <w:rsid w:val="003909B2"/>
+    <w:rsid w:val="00396613"/>
     <w:rsid w:val="003A0790"/>
+    <w:rsid w:val="003A49A0"/>
+    <w:rsid w:val="003A5311"/>
+    <w:rsid w:val="003A7F33"/>
     <w:rsid w:val="003C17AC"/>
     <w:rsid w:val="003C4B19"/>
+    <w:rsid w:val="003C4DA7"/>
+    <w:rsid w:val="003C6F3A"/>
+    <w:rsid w:val="003D158F"/>
     <w:rsid w:val="003D639D"/>
     <w:rsid w:val="003F6B8E"/>
+    <w:rsid w:val="00401DE2"/>
     <w:rsid w:val="00407EF2"/>
     <w:rsid w:val="00410A4B"/>
     <w:rsid w:val="004144BC"/>
+    <w:rsid w:val="00417E02"/>
     <w:rsid w:val="004342B2"/>
     <w:rsid w:val="0043726A"/>
     <w:rsid w:val="004427E8"/>
+    <w:rsid w:val="0044486B"/>
+    <w:rsid w:val="00447DF9"/>
+    <w:rsid w:val="004528B9"/>
     <w:rsid w:val="00457C1F"/>
     <w:rsid w:val="00457C62"/>
+    <w:rsid w:val="004763C4"/>
     <w:rsid w:val="004912C1"/>
     <w:rsid w:val="004946FB"/>
     <w:rsid w:val="004A33E5"/>
     <w:rsid w:val="004A4C14"/>
     <w:rsid w:val="004B1D0C"/>
     <w:rsid w:val="004B7740"/>
+    <w:rsid w:val="004C50C8"/>
+    <w:rsid w:val="004D1D2F"/>
+    <w:rsid w:val="004D4FEF"/>
     <w:rsid w:val="004E4BD4"/>
     <w:rsid w:val="004E60F6"/>
     <w:rsid w:val="004E69A0"/>
     <w:rsid w:val="004F70BC"/>
+    <w:rsid w:val="005045BC"/>
     <w:rsid w:val="005205AF"/>
     <w:rsid w:val="005709DB"/>
+    <w:rsid w:val="00572F38"/>
+    <w:rsid w:val="00585016"/>
     <w:rsid w:val="00587607"/>
+    <w:rsid w:val="0059244C"/>
     <w:rsid w:val="00593C27"/>
     <w:rsid w:val="00595B37"/>
+    <w:rsid w:val="00597DEA"/>
     <w:rsid w:val="005A3F6E"/>
     <w:rsid w:val="005A63BB"/>
     <w:rsid w:val="005B2898"/>
     <w:rsid w:val="005B3E89"/>
+    <w:rsid w:val="005D5396"/>
     <w:rsid w:val="005F61BC"/>
     <w:rsid w:val="006010EF"/>
+    <w:rsid w:val="006012F7"/>
     <w:rsid w:val="00601DF4"/>
+    <w:rsid w:val="00604D03"/>
     <w:rsid w:val="006069AC"/>
     <w:rsid w:val="00613A1B"/>
+    <w:rsid w:val="0062023E"/>
     <w:rsid w:val="0062098C"/>
     <w:rsid w:val="006210DC"/>
     <w:rsid w:val="006266AC"/>
     <w:rsid w:val="006446E7"/>
     <w:rsid w:val="00647316"/>
     <w:rsid w:val="00647330"/>
     <w:rsid w:val="00647643"/>
+    <w:rsid w:val="00650F79"/>
     <w:rsid w:val="00651B23"/>
+    <w:rsid w:val="00652823"/>
     <w:rsid w:val="00655669"/>
+    <w:rsid w:val="00655E16"/>
+    <w:rsid w:val="006605A9"/>
+    <w:rsid w:val="006617C0"/>
+    <w:rsid w:val="0066204D"/>
+    <w:rsid w:val="0067342D"/>
+    <w:rsid w:val="00680176"/>
     <w:rsid w:val="00681F9F"/>
     <w:rsid w:val="006A7F6F"/>
     <w:rsid w:val="006B1712"/>
+    <w:rsid w:val="006B6654"/>
     <w:rsid w:val="006C639F"/>
     <w:rsid w:val="006D0F75"/>
+    <w:rsid w:val="006E20FD"/>
+    <w:rsid w:val="006E2E4F"/>
+    <w:rsid w:val="006E37DE"/>
+    <w:rsid w:val="006E3A39"/>
+    <w:rsid w:val="006E686F"/>
     <w:rsid w:val="006F6F38"/>
     <w:rsid w:val="00700DC9"/>
+    <w:rsid w:val="00701AA8"/>
+    <w:rsid w:val="007027EC"/>
     <w:rsid w:val="00703B47"/>
     <w:rsid w:val="0070450C"/>
     <w:rsid w:val="00705E54"/>
     <w:rsid w:val="0070672F"/>
     <w:rsid w:val="00711305"/>
     <w:rsid w:val="0072455F"/>
     <w:rsid w:val="00733D11"/>
+    <w:rsid w:val="00750965"/>
+    <w:rsid w:val="00751961"/>
     <w:rsid w:val="007559F0"/>
     <w:rsid w:val="00763833"/>
     <w:rsid w:val="007645E4"/>
+    <w:rsid w:val="007646DA"/>
     <w:rsid w:val="007749A8"/>
     <w:rsid w:val="007749AD"/>
+    <w:rsid w:val="00776724"/>
     <w:rsid w:val="00776BC6"/>
     <w:rsid w:val="0078031A"/>
     <w:rsid w:val="007840BD"/>
+    <w:rsid w:val="007A18D9"/>
     <w:rsid w:val="007A7A56"/>
+    <w:rsid w:val="007B1FD8"/>
     <w:rsid w:val="007B491D"/>
     <w:rsid w:val="007B6178"/>
+    <w:rsid w:val="007B659F"/>
     <w:rsid w:val="007C4E4E"/>
     <w:rsid w:val="007D17CA"/>
     <w:rsid w:val="007D3118"/>
     <w:rsid w:val="007E4A7D"/>
     <w:rsid w:val="007F10A4"/>
     <w:rsid w:val="007F4285"/>
     <w:rsid w:val="007F4D65"/>
     <w:rsid w:val="007F5531"/>
     <w:rsid w:val="00806A17"/>
     <w:rsid w:val="00807E81"/>
     <w:rsid w:val="008115B4"/>
     <w:rsid w:val="00815249"/>
+    <w:rsid w:val="008249B1"/>
     <w:rsid w:val="00844CF9"/>
+    <w:rsid w:val="00863892"/>
     <w:rsid w:val="008650F1"/>
     <w:rsid w:val="00873205"/>
+    <w:rsid w:val="00881158"/>
+    <w:rsid w:val="00883D52"/>
     <w:rsid w:val="00887862"/>
+    <w:rsid w:val="008A0B74"/>
+    <w:rsid w:val="008A1902"/>
     <w:rsid w:val="008B1BE1"/>
+    <w:rsid w:val="008B4E48"/>
+    <w:rsid w:val="008C1EB3"/>
+    <w:rsid w:val="008C2B80"/>
+    <w:rsid w:val="008C328B"/>
+    <w:rsid w:val="008D2604"/>
+    <w:rsid w:val="008D67A0"/>
+    <w:rsid w:val="00901D19"/>
     <w:rsid w:val="00917774"/>
     <w:rsid w:val="009223ED"/>
     <w:rsid w:val="00926BA0"/>
+    <w:rsid w:val="0093373E"/>
+    <w:rsid w:val="0093525F"/>
+    <w:rsid w:val="00937C9B"/>
+    <w:rsid w:val="009428EA"/>
+    <w:rsid w:val="00943FB8"/>
     <w:rsid w:val="00944749"/>
+    <w:rsid w:val="00946CDB"/>
+    <w:rsid w:val="00957A52"/>
     <w:rsid w:val="0096394D"/>
+    <w:rsid w:val="00974116"/>
+    <w:rsid w:val="00977B74"/>
     <w:rsid w:val="00983970"/>
     <w:rsid w:val="00984B80"/>
     <w:rsid w:val="009912EC"/>
     <w:rsid w:val="00994BB2"/>
     <w:rsid w:val="00994CEF"/>
+    <w:rsid w:val="009A2369"/>
     <w:rsid w:val="009B12E0"/>
     <w:rsid w:val="009C4053"/>
+    <w:rsid w:val="009C4A38"/>
+    <w:rsid w:val="009D4934"/>
     <w:rsid w:val="009D494C"/>
     <w:rsid w:val="009D5EF4"/>
+    <w:rsid w:val="009E2CEA"/>
     <w:rsid w:val="009E6C10"/>
     <w:rsid w:val="009E7FBD"/>
-    <w:rsid w:val="00A0102E"/>
     <w:rsid w:val="00A07BC0"/>
+    <w:rsid w:val="00A15E5E"/>
+    <w:rsid w:val="00A163BE"/>
     <w:rsid w:val="00A35579"/>
+    <w:rsid w:val="00A404A3"/>
+    <w:rsid w:val="00A45972"/>
     <w:rsid w:val="00A61C52"/>
     <w:rsid w:val="00A624E9"/>
+    <w:rsid w:val="00A70895"/>
+    <w:rsid w:val="00A76418"/>
     <w:rsid w:val="00A772B4"/>
+    <w:rsid w:val="00A86ABC"/>
     <w:rsid w:val="00A87057"/>
+    <w:rsid w:val="00A878FB"/>
+    <w:rsid w:val="00A92989"/>
     <w:rsid w:val="00A9360E"/>
     <w:rsid w:val="00A9505F"/>
     <w:rsid w:val="00A96058"/>
     <w:rsid w:val="00AA18D3"/>
     <w:rsid w:val="00AA4D8C"/>
     <w:rsid w:val="00AA5E28"/>
     <w:rsid w:val="00AA6171"/>
     <w:rsid w:val="00AA7C05"/>
     <w:rsid w:val="00AB742F"/>
     <w:rsid w:val="00AC05F5"/>
+    <w:rsid w:val="00AC6F38"/>
     <w:rsid w:val="00AC790B"/>
+    <w:rsid w:val="00AD3C58"/>
     <w:rsid w:val="00AD5EBC"/>
+    <w:rsid w:val="00AF7CA2"/>
     <w:rsid w:val="00B0047D"/>
     <w:rsid w:val="00B02678"/>
     <w:rsid w:val="00B14842"/>
     <w:rsid w:val="00B35D6F"/>
     <w:rsid w:val="00B452E8"/>
     <w:rsid w:val="00B50558"/>
+    <w:rsid w:val="00B514B8"/>
     <w:rsid w:val="00B52340"/>
     <w:rsid w:val="00B557A6"/>
+    <w:rsid w:val="00B64519"/>
     <w:rsid w:val="00B6699F"/>
     <w:rsid w:val="00B715E2"/>
+    <w:rsid w:val="00B727F2"/>
+    <w:rsid w:val="00B73217"/>
+    <w:rsid w:val="00B85F5B"/>
     <w:rsid w:val="00B87BFB"/>
     <w:rsid w:val="00B91C25"/>
+    <w:rsid w:val="00B93DFF"/>
     <w:rsid w:val="00B9716E"/>
     <w:rsid w:val="00BA324E"/>
     <w:rsid w:val="00BC01CF"/>
-    <w:rsid w:val="00BE68D3"/>
+    <w:rsid w:val="00BC0F3B"/>
+    <w:rsid w:val="00BD11EB"/>
+    <w:rsid w:val="00BD667A"/>
+    <w:rsid w:val="00BF47B1"/>
     <w:rsid w:val="00C02D85"/>
     <w:rsid w:val="00C03CB7"/>
+    <w:rsid w:val="00C04EB4"/>
     <w:rsid w:val="00C06AC2"/>
+    <w:rsid w:val="00C06B71"/>
+    <w:rsid w:val="00C06F9D"/>
+    <w:rsid w:val="00C14743"/>
+    <w:rsid w:val="00C218E0"/>
+    <w:rsid w:val="00C321FC"/>
+    <w:rsid w:val="00C34C9A"/>
+    <w:rsid w:val="00C405CB"/>
+    <w:rsid w:val="00C41259"/>
     <w:rsid w:val="00C41957"/>
     <w:rsid w:val="00C44A2E"/>
+    <w:rsid w:val="00C45F79"/>
     <w:rsid w:val="00C474CC"/>
     <w:rsid w:val="00C570BA"/>
+    <w:rsid w:val="00C63FB3"/>
     <w:rsid w:val="00C829F8"/>
+    <w:rsid w:val="00C832CD"/>
     <w:rsid w:val="00C8643C"/>
+    <w:rsid w:val="00C9409A"/>
     <w:rsid w:val="00CA5E8D"/>
     <w:rsid w:val="00CB0AE0"/>
     <w:rsid w:val="00CB2002"/>
+    <w:rsid w:val="00CC0523"/>
     <w:rsid w:val="00CC0A64"/>
     <w:rsid w:val="00CC5FD0"/>
     <w:rsid w:val="00CD48C7"/>
     <w:rsid w:val="00CF18F8"/>
+    <w:rsid w:val="00CF3EE7"/>
+    <w:rsid w:val="00D009E5"/>
+    <w:rsid w:val="00D0589F"/>
+    <w:rsid w:val="00D05F57"/>
+    <w:rsid w:val="00D06511"/>
+    <w:rsid w:val="00D13E06"/>
     <w:rsid w:val="00D20883"/>
     <w:rsid w:val="00D20BC1"/>
+    <w:rsid w:val="00D32ED9"/>
+    <w:rsid w:val="00D41676"/>
+    <w:rsid w:val="00D46CC1"/>
     <w:rsid w:val="00D6418D"/>
     <w:rsid w:val="00D72AD6"/>
+    <w:rsid w:val="00D862A5"/>
+    <w:rsid w:val="00D91F7E"/>
     <w:rsid w:val="00D929D3"/>
     <w:rsid w:val="00DB554B"/>
+    <w:rsid w:val="00DC02B9"/>
     <w:rsid w:val="00DC033C"/>
     <w:rsid w:val="00DC0CB9"/>
     <w:rsid w:val="00DD03C8"/>
+    <w:rsid w:val="00DD07A8"/>
+    <w:rsid w:val="00DD718E"/>
+    <w:rsid w:val="00DE73A3"/>
     <w:rsid w:val="00DF359B"/>
     <w:rsid w:val="00E061AE"/>
     <w:rsid w:val="00E30083"/>
     <w:rsid w:val="00E30CBD"/>
+    <w:rsid w:val="00E33088"/>
+    <w:rsid w:val="00E340B9"/>
     <w:rsid w:val="00E37DCE"/>
+    <w:rsid w:val="00E4110A"/>
     <w:rsid w:val="00E64B47"/>
+    <w:rsid w:val="00E749AC"/>
     <w:rsid w:val="00E76777"/>
+    <w:rsid w:val="00E80EFD"/>
+    <w:rsid w:val="00E85C64"/>
     <w:rsid w:val="00E86D8C"/>
+    <w:rsid w:val="00E96376"/>
     <w:rsid w:val="00ED3FBD"/>
     <w:rsid w:val="00ED6C3C"/>
     <w:rsid w:val="00EE63E5"/>
+    <w:rsid w:val="00EF719F"/>
     <w:rsid w:val="00F00957"/>
     <w:rsid w:val="00F117D2"/>
+    <w:rsid w:val="00F11DC6"/>
+    <w:rsid w:val="00F17C18"/>
+    <w:rsid w:val="00F20E1E"/>
     <w:rsid w:val="00F3229B"/>
+    <w:rsid w:val="00F359E5"/>
+    <w:rsid w:val="00F36413"/>
+    <w:rsid w:val="00F471C0"/>
     <w:rsid w:val="00F50505"/>
     <w:rsid w:val="00F51DE3"/>
     <w:rsid w:val="00F561AC"/>
+    <w:rsid w:val="00F56EF7"/>
     <w:rsid w:val="00F629F1"/>
+    <w:rsid w:val="00F6581B"/>
     <w:rsid w:val="00F7010B"/>
+    <w:rsid w:val="00F702A7"/>
     <w:rsid w:val="00F72715"/>
     <w:rsid w:val="00F820CB"/>
     <w:rsid w:val="00F83A94"/>
+    <w:rsid w:val="00F845FF"/>
     <w:rsid w:val="00FA4F1D"/>
     <w:rsid w:val="00FA5CF6"/>
     <w:rsid w:val="00FB5716"/>
     <w:rsid w:val="00FC043E"/>
     <w:rsid w:val="00FC0523"/>
     <w:rsid w:val="00FC3FB1"/>
     <w:rsid w:val="00FC5EA5"/>
     <w:rsid w:val="00FC719A"/>
+    <w:rsid w:val="00FD17F7"/>
     <w:rsid w:val="00FD6EC7"/>
     <w:rsid w:val="00FD7695"/>
-    <w:rsid w:val="00FE75D5"/>
     <w:rsid w:val="00FF6F63"/>
     <w:rsid w:val="1DD4D438"/>
+    <w:rsid w:val="36353E1F"/>
     <w:rsid w:val="37D5A4D2"/>
+    <w:rsid w:val="4FC419EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="hu-HU"/>
+  <w:themeFontLang w:val="hu-HU" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="2018B987"/>
-  <w15:docId w15:val="{846AB830-77CF-4063-89ED-EE8F98F35BEE}"/>
+  <w15:docId w15:val="{D865EF2A-509F-40B7-AF86-C00B8D342520}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:bdr w:val="nil"/>
         <w:lang w:val="hu-HU" w:eastAsia="hu-HU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
       </w:pPr>
     </w:pPrDefault>
@@ -7068,186 +9001,323 @@
           <w:name w:val="Általános"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{47DC021D-E031-471C-BB3F-792316ED3D55}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="007D2FC6" w:rsidRDefault="000D499B" w:rsidP="000D499B">
           <w:pPr>
             <w:pStyle w:val="E60DBB3D9F6F47D9AF2D560AE80BA844"/>
           </w:pPr>
           <w:r w:rsidRPr="00057A31">
             <w:rPr>
               <w:rStyle w:val="Helyrzszveg"/>
             </w:rPr>
             <w:t>Szöveg beírásához kattintson vagy koppintson ide.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="E2D9A96A243B4B97905245AA9E0543CC"/>
+        <w:category>
+          <w:name w:val="Általános"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{CFC43453-8FEB-411D-A6AA-FBD3FD023EA9}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BC6A94" w:rsidRDefault="00A65A7C" w:rsidP="00A65A7C">
+          <w:pPr>
+            <w:pStyle w:val="E2D9A96A243B4B97905245AA9E0543CC"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00057A31">
+            <w:rPr>
+              <w:rStyle w:val="Helyrzszveg"/>
+            </w:rPr>
+            <w:t>Szöveg beírásához kattintson vagy koppintson ide.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="6EBF8064923B485D9A99D782A4292DAD"/>
+        <w:category>
+          <w:name w:val="Általános"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{2D409F0B-BB0F-43C2-BAA7-E083DA789776}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BC6A94" w:rsidRDefault="00A65A7C" w:rsidP="00A65A7C">
+          <w:pPr>
+            <w:pStyle w:val="6EBF8064923B485D9A99D782A4292DAD"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00057A31">
+            <w:rPr>
+              <w:rStyle w:val="Helyrzszveg"/>
+            </w:rPr>
+            <w:t>Szöveg beírásához kattintson vagy koppintson ide.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="3EE10E316868470896C4D5D15D61B05C"/>
+        <w:category>
+          <w:name w:val="Általános"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{F753B66A-198C-4483-A277-FD592FC1D2D0}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BE37FE" w:rsidRDefault="0004673E" w:rsidP="0004673E">
+          <w:pPr>
+            <w:pStyle w:val="3EE10E316868470896C4D5D15D61B05C"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00057A31">
+            <w:rPr>
+              <w:rStyle w:val="Helyrzszveg"/>
+            </w:rPr>
+            <w:t>Szöveg beírásához kattintson vagy koppintson ide.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica Neue">
-    <w:altName w:val="Sylfaen"/>
+    <w:altName w:val="Arial"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
-    <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="CIDFont+F2">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="EE"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000005" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000002" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Yu Mincho">
+    <w:charset w:val="80"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Yu Gothic Light">
+    <w:altName w:val="游ゴシック Light"/>
+    <w:panose1 w:val="020B0300000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008D2604"/>
+    <w:rsid w:val="00010803"/>
+    <w:rsid w:val="0004673E"/>
+    <w:rsid w:val="00053FD6"/>
     <w:rsid w:val="0008062C"/>
     <w:rsid w:val="0009251D"/>
     <w:rsid w:val="000D499B"/>
+    <w:rsid w:val="000F32CB"/>
+    <w:rsid w:val="0012380A"/>
+    <w:rsid w:val="00204557"/>
+    <w:rsid w:val="002521D8"/>
     <w:rsid w:val="0032601F"/>
     <w:rsid w:val="0036495D"/>
+    <w:rsid w:val="003835D6"/>
+    <w:rsid w:val="00396613"/>
+    <w:rsid w:val="003A7F33"/>
+    <w:rsid w:val="003C4DA7"/>
+    <w:rsid w:val="003E7C11"/>
+    <w:rsid w:val="00420204"/>
     <w:rsid w:val="0043726A"/>
     <w:rsid w:val="004B1D0C"/>
+    <w:rsid w:val="004B43E6"/>
+    <w:rsid w:val="00585016"/>
+    <w:rsid w:val="005E0028"/>
+    <w:rsid w:val="005E18CE"/>
+    <w:rsid w:val="00647330"/>
+    <w:rsid w:val="00737CE1"/>
     <w:rsid w:val="007C4A2A"/>
     <w:rsid w:val="007D2FC6"/>
+    <w:rsid w:val="00830FC5"/>
+    <w:rsid w:val="0086668F"/>
     <w:rsid w:val="00887891"/>
+    <w:rsid w:val="008B67F8"/>
+    <w:rsid w:val="008C2B80"/>
     <w:rsid w:val="008D2604"/>
     <w:rsid w:val="00917774"/>
-    <w:rsid w:val="00A0102E"/>
+    <w:rsid w:val="00932010"/>
+    <w:rsid w:val="00974116"/>
+    <w:rsid w:val="009E6365"/>
+    <w:rsid w:val="00A65A7C"/>
     <w:rsid w:val="00A9360E"/>
     <w:rsid w:val="00AA18D3"/>
+    <w:rsid w:val="00AC6B13"/>
+    <w:rsid w:val="00B64519"/>
+    <w:rsid w:val="00BC6A94"/>
+    <w:rsid w:val="00BD11EB"/>
+    <w:rsid w:val="00BE37FE"/>
+    <w:rsid w:val="00C04EB4"/>
+    <w:rsid w:val="00C45F79"/>
+    <w:rsid w:val="00D42BBA"/>
+    <w:rsid w:val="00DF72EF"/>
     <w:rsid w:val="00ED6C3C"/>
+    <w:rsid w:val="00F71A7F"/>
+    <w:rsid w:val="00FF7D2E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="hu-HU"/>
+  <w:themeFontLang w:val="hu-HU" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="hu-HU" w:eastAsia="hu-HU" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -7644,66 +9714,78 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Nemlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Helyrzszveg">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Bekezdsalapbettpusa"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="000D499B"/>
+    <w:rsid w:val="0004673E"/>
     <w:rPr>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="F64C645498944CECA19E9C5A4AD8939B">
     <w:name w:val="F64C645498944CECA19E9C5A4AD8939B"/>
     <w:rsid w:val="000D499B"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="984AF127E9134ECA9E98F71964699BDB">
     <w:name w:val="984AF127E9134ECA9E98F71964699BDB"/>
     <w:rsid w:val="000D499B"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="E60DBB3D9F6F47D9AF2D560AE80BA844">
     <w:name w:val="E60DBB3D9F6F47D9AF2D560AE80BA844"/>
     <w:rsid w:val="000D499B"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E2D9A96A243B4B97905245AA9E0543CC">
+    <w:name w:val="E2D9A96A243B4B97905245AA9E0543CC"/>
+    <w:rsid w:val="00A65A7C"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6EBF8064923B485D9A99D782A4292DAD">
+    <w:name w:val="6EBF8064923B485D9A99D782A4292DAD"/>
+    <w:rsid w:val="00A65A7C"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3EE10E316868470896C4D5D15D61B05C">
+    <w:name w:val="3EE10E316868470896C4D5D15D61B05C"/>
+    <w:rsid w:val="0004673E"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-téma">
   <a:themeElements>
     <a:clrScheme name="Office-téma">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="A7A7A7"/>
       </a:dk2>
       <a:lt2>
@@ -8781,56 +10863,52 @@
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="831a6687-83d1-4301-a810-a1b3feed2159">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="a940dcad-4d53-4020-babf-486c35e7139c" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...4 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="831a6687-83d1-4301-a810-a1b3feed2159" xmlns:ns3="a940dcad-4d53-4020-babf-486c35e7139c" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="dc728c54380b64ba9d6da798cb5b80a3" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokumentum" ma:contentTypeID="0x01010011B9D9F1C99DA14D9ABD5DC13CA565F5" ma:contentTypeVersion="15" ma:contentTypeDescription="Új dokumentum létrehozása." ma:contentTypeScope="" ma:versionID="91d1bbf2b0b69fffb41596e67598e753">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="831a6687-83d1-4301-a810-a1b3feed2159" xmlns:ns3="a940dcad-4d53-4020-babf-486c35e7139c" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ef750799ec02f349f82297ec8f7421c8" ns2:_="" ns3:_="">
     <xsd:import namespace="831a6687-83d1-4301-a810-a1b3feed2159"/>
     <xsd:import namespace="a940dcad-4d53-4020-babf-486c35e7139c"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -9019,120 +11097,157 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1FADE23-AA03-4ACA-A647-7012B26A10AD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1233BC8-4D97-4E81-84DC-ABE46B36A50D}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="831a6687-83d1-4301-a810-a1b3feed2159"/>
     <ds:schemaRef ds:uri="a940dcad-4d53-4020-babf-486c35e7139c"/>
-    <ds:schemaRef ds:uri="831a6687-83d1-4301-a810-a1b3feed2159"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3A7BDD62-C175-49B2-986D-0FF23B42D6AD}">
-[...7 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D8D8BEFE-945A-4452-9B58-D26E0F89CE8A}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4C901BA2-5CF5-4E01-BD21-CFDB469733C4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="831a6687-83d1-4301-a810-a1b3feed2159"/>
     <ds:schemaRef ds:uri="a940dcad-4d53-4020-babf-486c35e7139c"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3A7BDD62-C175-49B2-986D-0FF23B42D6AD}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>970</Words>
-  <Characters>6695</Characters>
+  <Words>1492</Words>
+  <Characters>10295</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>55</Lines>
-  <Paragraphs>15</Paragraphs>
+  <Lines>85</Lines>
+  <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Cím</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7650</CharactersWithSpaces>
+  <CharactersWithSpaces>11764</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
+  <HLinks>
+    <vt:vector size="6" baseType="variant">
+      <vt:variant>
+        <vt:i4>1572882</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://www.e-cegjegyzek.hu/index.html</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+    </vt:vector>
+  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
+  <dc:subject/>
   <dc:creator>Szilard</dc:creator>
+  <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010011B9D9F1C99DA14D9ABD5DC13CA565F5</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>